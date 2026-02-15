--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -1,267 +1,1033 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>KEAL (N/R/ sucralfate)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>EPISIL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>11/10/2016 11:37:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983856/en/keal-n/r/-sucralfate</t>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902360/fr/episil</t>
+  </si>
+  <si>
+    <t>c_2902360</t>
+  </si>
+  <si>
+    <t>solution orale</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 3 février 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 11:51:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494583/fr/college-deliberatif-du-3-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3494583</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 14/12/2021</t>
+  </si>
+  <si>
+    <t>02/06/2022 12:39:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341639/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-14/12/2021</t>
+  </si>
+  <si>
+    <t>p_3341639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 septembre 2015</t>
+  </si>
+  <si>
+    <t>18/09/2015 13:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060953/fr/commission-de-la-transparence-reunion-du-23-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2060953</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KEAL (sucralfate)</t>
+  </si>
+  <si>
+    <t>10/11/2016 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983856/fr/keal-sucralfate</t>
   </si>
   <si>
     <t>pprd_2983856</t>
   </si>
   <si>
     <t>sucralfate</t>
   </si>
   <si>
     <t>EG LABO-LABORATOIRES EUROGENERICS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400501/en/keal-sucralfate</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2721644/en/keal-sucralfate</t>
+    <t>https://www.has-sante.fr/jcms/c_400501/fr/keal-sucralfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400789/fr/keal-sucralfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944537/fr/keal-sucralfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221604/fr/keal-sucralfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561316/fr/keal-sucralfate-medicament-pour-le-traitement-de-l-ulcere-peptique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2721644/fr/keal-sucralfate</t>
+  </si>
+  <si>
+    <t>ULCAR (sucralfate)</t>
+  </si>
+  <si>
+    <t>08/11/2016 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983860/fr/ulcar-sucralfate</t>
+  </si>
+  <si>
+    <t>pprd_2983860</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400587/fr/ulcar-sucralfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682501/fr/ulcar-sucralfate</t>
+  </si>
+  <si>
+    <t>SUCRALFATE (sucralfate)</t>
+  </si>
+  <si>
+    <t>09/03/2012 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985046/fr/sucralfate-sucralfate</t>
+  </si>
+  <si>
+    <t>pprd_2985046</t>
+  </si>
+  <si>
+    <t>TEVA SANTE/ AVENTIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400560/fr/sucralfate-rpg-sucralfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400561/fr/sucralfate-sucralfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523280/fr/sucralfate-teva-sucralfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1224267/fr/sucralfate-teva-sucralfate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+      <c r="I2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+      <c r="I3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+      <c r="I4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>69</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>74</v>
+      </c>
+      <c r="H2" t="s">
+        <v>75</v>
+      </c>
+      <c r="I2" t="s">
+        <v>76</v>
+      </c>
+      <c r="J2" t="s">
+        <v>77</v>
+      </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H3" t="s">
+        <v>87</v>
+      </c>
+      <c r="I3" t="s">
+        <v>76</v>
+      </c>
+      <c r="J3" t="s">
+        <v>88</v>
+      </c>
+      <c r="K3" t="s">
+        <v>89</v>
+      </c>
+      <c r="L3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>92</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>93</v>
+      </c>
+      <c r="H4" t="s">
+        <v>94</v>
+      </c>
+      <c r="I4" t="s">
+        <v>76</v>
+      </c>
+      <c r="J4" t="s">
+        <v>95</v>
+      </c>
+      <c r="K4" t="s">
+        <v>96</v>
+      </c>
+      <c r="L4" t="s">
+        <v>97</v>
+      </c>
+      <c r="M4" t="s">
+        <v>98</v>
+      </c>
+      <c r="N4" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>