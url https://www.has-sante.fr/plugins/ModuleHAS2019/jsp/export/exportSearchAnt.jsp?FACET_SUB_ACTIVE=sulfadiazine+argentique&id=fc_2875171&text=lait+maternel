--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,249 +1,336 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>FLAMMAZINE (sulfadiazine argentique)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984893/en/flammazine-sulfadiazine-argentique</t>
+    <t>07/05/2021 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984893/fr/flammazine-sulfadiazine-argentique</t>
   </si>
   <si>
     <t>pprd_2984893</t>
   </si>
   <si>
     <t>sulfadiazine argentique</t>
   </si>
   <si>
     <t>ALLIANCE PHARMA FRANCE S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1321839/en/flammazine-sulfadiazine-argentique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3264808/en/flammazine-sulfadiazine-argentique</t>
+    <t>https://www.has-sante.fr/jcms/c_1321839/fr/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649704/fr/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264808/fr/flammazine-sulfadiazine-argentique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>