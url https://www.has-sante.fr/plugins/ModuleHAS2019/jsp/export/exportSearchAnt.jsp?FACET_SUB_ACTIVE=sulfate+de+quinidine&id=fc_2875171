--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -9,95 +9,128 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...5 lines deleted...]
-    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Sclérose Latérale Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>03/01/2017 17:30:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
+  </si>
+  <si>
+    <t>p_3689360</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes atteintes de sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : 1. Comment fait-on le diagnostic de sclérose latérale amyotrophique (SLA) ? 2. Comment dit-on le diagnostic de SLA ? 3. Comment évalue-t-on l’évolution de la SLA et quels outils utiliser ? 4. Quelles thérapies et quel suivi pour le patient atteint de SLA et son entourage ? 5. Quelle est la place de la suppléance des fonctions vitales chez le patient atteint de SLA ?</t>
   </si>
   <si>
     <t>02/02/2006 00:00:00</t>
   </si>
   <si>
     <t>02/02/2006 15:30:00</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
   </si>
   <si>
     <t>c_409014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +140,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>