--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,103 +9,118 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="116">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
   </si>
   <si>
     <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
   </si>
   <si>
     <t>27/07/2021 00:00:00</t>
   </si>
   <si>
     <t>28/07/2021 18:18:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
   </si>
   <si>
     <t>p_3280463</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...1 lines deleted...]
-  <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
     <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/10/2021 10:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
@@ -297,50 +312,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>08/07/2020 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
   </si>
   <si>
     <t>p_3192841</t>
   </si>
   <si>
     <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/10/2022 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Maladie de Shwachman Diamond</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/04/2023 08:33:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
   </si>
   <si>
     <t>p_3425536</t>
   </si>
   <si>
     <t>Épidermolyses bulleuses héréditaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 00:00:00</t>
   </si>
@@ -377,569 +407,621 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
       <c r="C9" t="s">
         <v>47</v>
       </c>
       <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>48</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>49</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
         <v>52</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>55</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>57</v>
       </c>
       <c r="C11" t="s">
         <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>64</v>
       </c>
       <c r="H12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
       <c r="C13" t="s">
         <v>67</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>68</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>69</v>
       </c>
       <c r="H13" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
       <c r="C14" t="s">
         <v>72</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>73</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>74</v>
       </c>
       <c r="H14" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="s">
         <v>77</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>78</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>79</v>
       </c>
       <c r="H15" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>81</v>
       </c>
       <c r="C16" t="s">
         <v>82</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>83</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>84</v>
       </c>
       <c r="H16" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>86</v>
       </c>
       <c r="C17" t="s">
         <v>87</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>88</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
         <v>89</v>
       </c>
       <c r="H17" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>91</v>
       </c>
       <c r="C18" t="s">
         <v>92</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>93</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>94</v>
       </c>
       <c r="H18" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>96</v>
       </c>
       <c r="C19" t="s">
         <v>97</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>98</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>99</v>
       </c>
       <c r="H19" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>101</v>
       </c>
       <c r="C20" t="s">
         <v>102</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>103</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>104</v>
       </c>
       <c r="H20" t="s">
         <v>105</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>106</v>
+      </c>
+      <c r="C21" t="s">
+        <v>107</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>108</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>109</v>
+      </c>
+      <c r="H21" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" t="s">
+        <v>112</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>113</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>114</v>
+      </c>
+      <c r="H22" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>