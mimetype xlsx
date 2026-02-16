--- v0 (2025-11-17)
+++ v1 (2026-02-16)
@@ -9,188 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/10/2021 10:41:00</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -200,257 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...146 lines deleted...]
-        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>