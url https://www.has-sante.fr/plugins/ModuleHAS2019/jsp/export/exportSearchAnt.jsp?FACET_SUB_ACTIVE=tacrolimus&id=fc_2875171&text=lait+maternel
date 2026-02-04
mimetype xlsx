--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -155,51 +155,51 @@
   <si>
     <t>c_483032</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>27/11/2025 00:00:00</t>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Épidermolyses bulleuses héréditaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
   </si>
   <si>
     <t>c_2028188</t>
   </si>
   <si>
     <t>Myasthénie autoimmune</t>
   </si>