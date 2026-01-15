--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -9,146 +9,161 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>05/06/2020 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +177,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>