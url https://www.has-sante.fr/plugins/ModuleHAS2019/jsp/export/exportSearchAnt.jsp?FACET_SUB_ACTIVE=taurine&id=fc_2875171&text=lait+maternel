--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,149 +9,215 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="38">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/15/2003 16:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +231,147 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>