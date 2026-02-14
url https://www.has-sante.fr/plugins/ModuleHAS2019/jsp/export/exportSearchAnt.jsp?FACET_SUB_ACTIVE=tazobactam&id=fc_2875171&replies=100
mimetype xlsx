--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -1,337 +1,241 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>04/06/2019 11:31:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984003/fr/zerbaxa-ceftolozane/tazobactam</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ZERBAXA (ceftolozane/ tazobactam)</t>
+  </si>
+  <si>
+    <t>01/09/2023 14:21:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984003/en/zerbaxa-ceftolozane/-tazobactam</t>
   </si>
   <si>
     <t>pprd_2984003</t>
   </si>
   <si>
     <t>ceftolozane,tazobactam</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2658642/fr/zerbaxa-ceftolozane/tazobactam-cephalosporine-et-inhibiteur-de-lactamase</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3402033/fr/zerbaxa-ceftolozane/tazobactam-traitement-des-infections-chez-les-enfants-de-la-naissance-a-moins-de-18-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_2658642/en/zerbaxa-ceftolozane/tazobactam-cephalosporin-and-lactamase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152698/en/zerbaxa-ceftolozane/-tazobactam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402033/en/zerbaxa-ceftolozane/tazobactam-traitement-des-infections-chez-les-enfants-de-la-naissance-a-moins-de-18-ans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -371,415 +275,199 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...90 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...71 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="J1" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K1" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
       <c r="I2" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="J2" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="L2" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="M2" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>