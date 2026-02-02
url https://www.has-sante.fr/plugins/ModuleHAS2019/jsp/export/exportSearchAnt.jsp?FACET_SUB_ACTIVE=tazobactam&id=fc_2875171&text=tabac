--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,101 +9,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
-    <t>Mucoviscidose</t>
-[...2 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
-  </si>
-[...13 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
   </si>
   <si>
     <t>p_3392249</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge des infections cutanées bactériennes courantes</t>
   </si>
   <si>
     <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
   </si>
   <si>
     <t>27/02/2019 00:00:00</t>
   </si>
   <si>
     <t>01/04/2019 14:03:00</t>
   </si>
@@ -140,51 +125,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -200,93 +185,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      <c r="B4" t="s">
         <v>21</v>
-      </c>
-[...16 lines deleted...]
-        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>