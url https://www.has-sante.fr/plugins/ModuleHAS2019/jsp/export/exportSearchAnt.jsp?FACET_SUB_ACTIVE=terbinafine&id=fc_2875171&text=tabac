--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,149 +9,200 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +216,121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>