--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,149 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/11/2013 15:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Troubles causés par l’alcoolisation fœtale : repérage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à repérer et à orienter : - les femmes enceintes susceptibles d’avoir un problème de consommation d’alcool et dont l’enfant risque d’être atteint de troubles causés par l’alcoolisation fœtale ; - les enfants à risque susceptibles d’avoir subi les effets d’une exposition prénatale à l’alcool.</t>
+  </si>
+  <si>
+    <t>10/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+    <t>https://www.has-sante.fr/jcms/c_1636956/fr/troubles-causes-par-l-alcoolisation-foetale-reperage</t>
   </si>
   <si>
     <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Microsomies craniofaciales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Microsomie craniofaciale. Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301604/fr/microsomies-craniofaciales</t>
+  </si>
+  <si>
+    <t>p_3301604</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +183,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>