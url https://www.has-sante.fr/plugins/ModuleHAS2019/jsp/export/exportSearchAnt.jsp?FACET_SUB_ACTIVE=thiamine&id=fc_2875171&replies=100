--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -1,2032 +1,474 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NUTRI-ENERGIE - 17 avril 2012 (4227) avis</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/04/2012 00:00:00</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+  </si>
+  <si>
+    <t>p_3353115</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...191 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Traitement chirurgical de l’obésité sévère et massive par court-circuit (bypass) gastrojéjunal avec anse en oméga</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
-  </si>
-[...292 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_900463/fr/princi-b-thiamine/-pyridoxine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="C3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...96 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...914 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>