--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,146 +9,218 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/27/2022 13:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +234,147 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>