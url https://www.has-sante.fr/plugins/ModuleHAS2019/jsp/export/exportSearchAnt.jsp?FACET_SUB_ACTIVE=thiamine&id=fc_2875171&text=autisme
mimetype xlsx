--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -9,86 +9,107 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="46">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Anorexie Mentale à début Précoce (AMP)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>27/07/2022 13:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
     <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
   </si>
   <si>
     <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
   </si>
   <si>
     <t>08/02/2024 00:00:00</t>
   </si>
   <si>
     <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
@@ -176,205 +197,231 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>36</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>