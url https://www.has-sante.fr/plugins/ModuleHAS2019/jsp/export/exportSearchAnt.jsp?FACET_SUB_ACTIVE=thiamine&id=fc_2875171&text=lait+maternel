--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,199 +1,466 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="116">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2002 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>VITAMINE (acétate d’alpha-tocophérol (vitamine E)/ acide ascorbique/ cholécalciférol/ cyanocobalamine/ nicotinamide (vitamine PP)...)</t>
+  </si>
+  <si>
+    <t>31/08/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983155/fr/vitamine-acetate-d-alpha-tocopherol-vitamine-e-/-acide-ascorbique/-cholecalciferol/-cyanocobalamine/-nicotinamide-vitamine-pp</t>
+  </si>
+  <si>
+    <t>pprd_2983155</t>
+  </si>
+  <si>
+    <t>acétate d’alpha-tocophérol (vitamine E),acide ascorbique,cholécalciférol,cyanocobalamine,nicotinamide (vitamine PP),phytoménadione,pyridoxine (chlorhydrate),rétinol,thiamine (chlorhydrate),tout-rac-alpha-tocophéryle (acétate de),vitamine A synthétique (concentrat de) forme hydrodispersible,vitamine A synthétique (concentrat de), forme huileuse</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS/ AGUETTANT/ BAYER SANTE FAMILIALE/ BOUCHARA RECORDATI/ CHAIX ET DU MARAIS/ CHEPLAPHARM FRANCE/ EUROPHTA/ G GAM/ GERDA/ GNR-Pharma/ LEXPHAR/ MERCK GENERIQUES/ MYLAN S.A.S/  NOVARTIS/ ROCHE S.A.S/ SANDOZ SAS/ SANOFI AVENTIS FRANCE/ THEA/ ZYDUS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399041/fr/vitamine-b12-thea-0-05-pour-cent-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399040/fr/vitamine-b12-abak-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399206/fr/vitamine-b12-lavoisier-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399349/fr/vitamine-b12-allergan-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399669/fr/vitamine-e-gnr-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399972/fr/vitamine-b12-aguettant-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399973/fr/vitamine-b6-aguettant-pyridoxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400601/fr/vitamine-e-g-gam-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400602/fr/vitamine-e-gnr-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400603/fr/vitamine-e-merck-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400604/fr/vitamine-e-zydus-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400179/fr/vitamine-c-10-pour-cent-aguettant-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400281/fr/vitamine-e-merck-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400683/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400684/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468434/fr/vitamine-a-dulcis-retinol-concentrat-huileux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461198/fr/vitamine-a-faure-vitamine-a-synthetique-concentrat-de-forme-hydrodispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663713/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666408/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666103/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724616/fr/vitamine-pp-aguettant-nicotinamide-vitamine-pp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736844/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736850/fr/vitamine-e-sandoz-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739774/fr/vitamine-b12-aguettant-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952660/fr/vitamine-e-mylan-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_964928/fr/vitamine-k1-nourrissons-vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046784/fr/vitamine-a-dulcis-vitamine-a-synthetique-forme-huileuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060126/fr/vitamine-b1-b6-bayer-thiamine-chlorhydrate-/-pyridoxine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241655/fr/vitamine-a-faure-vitamine-a-synthetique-concentrat-de-forme-hydrodispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277915/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1279658/fr/vitamine-a-nepalm-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323119/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600991/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702546/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747538/fr/vitamine-e-sandoz-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778242/fr/vitamine-b12-lavoisier-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044637/fr/vitamine-e-mylan-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627630/fr/vitamine-pp-aguettant-nicotinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658663/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658666/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729441/fr/vitamine-a-faure-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741818/fr/vitamine-a-dulcis-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796812/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796806/fr/vitamine-a-nepalm-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796809/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821759/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831886/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867428/fr/vitamine-k1-cheplapharm-phytomenadione</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -207,95 +474,530 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:BF2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J1" t="s">
+        <v>59</v>
+      </c>
+      <c r="K1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I2" t="s">
+        <v>66</v>
+      </c>
+      <c r="J2" t="s">
+        <v>67</v>
+      </c>
+      <c r="K2" t="s">
+        <v>68</v>
+      </c>
+      <c r="L2" t="s">
+        <v>69</v>
+      </c>
+      <c r="M2" t="s">
+        <v>70</v>
+      </c>
+      <c r="N2" t="s">
+        <v>71</v>
+      </c>
+      <c r="O2" t="s">
+        <v>72</v>
+      </c>
+      <c r="P2" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>74</v>
+      </c>
+      <c r="R2" t="s">
+        <v>75</v>
+      </c>
+      <c r="S2" t="s">
+        <v>76</v>
+      </c>
+      <c r="T2" t="s">
+        <v>77</v>
+      </c>
+      <c r="U2" t="s">
+        <v>78</v>
+      </c>
+      <c r="V2" t="s">
+        <v>79</v>
+      </c>
+      <c r="W2" t="s">
+        <v>80</v>
+      </c>
+      <c r="X2" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>82</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>86</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>88</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>90</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>91</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>92</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>94</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>95</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN2" t="s">
+        <v>97</v>
+      </c>
+      <c r="AO2" t="s">
+        <v>98</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>99</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>100</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>101</v>
+      </c>
+      <c r="AS2" t="s">
+        <v>102</v>
+      </c>
+      <c r="AT2" t="s">
+        <v>103</v>
+      </c>
+      <c r="AU2" t="s">
+        <v>104</v>
+      </c>
+      <c r="AV2" t="s">
+        <v>105</v>
+      </c>
+      <c r="AW2" t="s">
+        <v>106</v>
+      </c>
+      <c r="AX2" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY2" t="s">
+        <v>108</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>109</v>
+      </c>
+      <c r="BA2" t="s">
+        <v>110</v>
+      </c>
+      <c r="BB2" t="s">
+        <v>111</v>
+      </c>
+      <c r="BC2" t="s">
+        <v>112</v>
+      </c>
+      <c r="BD2" t="s">
+        <v>113</v>
+      </c>
+      <c r="BE2" t="s">
+        <v>114</v>
+      </c>
+      <c r="BF2" t="s">
+        <v>115</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>