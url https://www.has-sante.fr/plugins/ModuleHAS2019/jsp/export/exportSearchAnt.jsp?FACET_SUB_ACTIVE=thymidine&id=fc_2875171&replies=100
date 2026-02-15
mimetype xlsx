--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,1002 +1,417 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NEW-FILL -  25 septembre 2012 (4321) avis</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>25/09/2012 00:00:00</t>
-[...194 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Screening for dihydropyrimidine dehydrogenase deficiency to decrease the risk of severe toxicities related to fluoropyrimidines (5-fluorouracil or capecitabine) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Each year in France, almost 80,000 new patients receive fluoropyrimidines, a group of anticancer drugs including 5-Fluorouracil [5-FU] and its prodrug capecitabine (Xeloda®), used to treat various types of cancer (mainly digestive, breast and head and neck cancer). Fluoropyrimidines-based chemotherapies , can cause severe toxicities (incidence at around 20%), and rarely but sometimes lethal toxicity (incidence between 0.1 and 1%). Part of these toxicities may be related to deficiency in the activity of the main enzyme enabling elimination of 5-FU, called dihydropyrimidine dehydrogenase (DPD). This deficiency can be partial (around 3 to 8% of individuals) or complete (between 0.01 and 0.5% of individuals). Therefore, the summary of product characteristics of fluoropyrimidines includes a contraindication to treatment in patients with complete DPD loss, and the recommendation for dose adjustment and careful monitoring in partially deficient patients. Beginning 2018, the French agency in charge of medicinal product safety ruled in favour of routine screening for DPD deficiency before treatment with fluoropyrimidine. In the absence of a previously established consensus as to the methods of implementation of the screening (detection of variants of the DPYD gene coding for DPD and/or determination of the activity of the DPD enzyme), the Institut National du Cancer (INCa) [French National Cancer Institute] was approached by the Ministry of Health to draw up recommendations for the said methods. Also, in order to enable reimbursement of the test selected to screen for DPD deficiency for all patients by the French health insurance system, regardless of the laboratory carrying out the test (public or private), its registration on the list of reimbursable medical biology procedures is necessary. This registration decision has to be made by the national health insurance fund, but a prior opinion from the Haute Autorité de Santé (HAS) [French National Authority for Health] is required. For this reason, the HAS decided to refer the matter to itself and to work jointly with the INCa to be able to return an opinion without delay</t>
+  </si>
+  <si>
+    <t>09/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Substance active (DCI)</t>
-[...5 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ZALMOXIS (lymphocytes T génétiquement modifiés)</t>
   </si>
   <si>
-    <t>22/02/2019 12:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982897/fr/zalmoxis-lymphocytes-t-genetiquement-modifies</t>
+    <t>02/22/2019 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982897/en/zalmoxis-lymphocytes-t-genetiquement-modifies</t>
   </si>
   <si>
     <t>pprd_2982897</t>
   </si>
   <si>
     <t>lymphocytes T allogéniques génétiquement modifiés avec un vecteur rétroviral codant une forme tronquée du récepteur du facteur de croissance nerveuse à faible affinité humain (ΔLNGFR) et la thymidine kinase du virus herpès simplex I (HSV-TK Mut2)</t>
   </si>
   <si>
     <t>MolMed SaP</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2899636/fr/zalmoxis-lymphocytes-t-genetiquement-modifies-antineoplasique</t>
+    <t>https://www.has-sante.fr/jcms/c_2899636/en/zalmoxis-genetically-modified-t-lymphocytes-antineoplastic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...267 lines deleted...]
-        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...117 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="J1" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="K1" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>89</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>91</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>93</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
       <c r="J2" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="K2" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>