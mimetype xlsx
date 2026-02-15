--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -1,279 +1,462 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Études et Rapports" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2026</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/02/2026 10:23:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859724/fr/commission-de-la-transparence-reunion-du-18-fevrier-2026</t>
+  </si>
+  <si>
+    <t>p_3859724</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>INNOHEP (tinzaparine sodique)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982755/en/innohep-tinzaparine-sodique</t>
+    <t>22/12/2022 11:05:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982755/fr/innohep-tinzaparine-sodique</t>
   </si>
   <si>
     <t>pprd_2982755</t>
   </si>
   <si>
     <t>tinzaparine sodique</t>
   </si>
   <si>
     <t>LEO PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398974/en/innohep-2-500-ui-anti-xa/0-25-ml-seringue-preremplie-innohep-3-500-ui-anti-xa/0-35-ml-seringue-preremplie-innohep-4-500-ui-anti-xa/0-45-ml-seringue-preremplie-boite-2-6-et-10-innohep-20000-ui-anti-xa/2-ml-flacon-boite-1-2-et-10</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3396881/en/innohep-tinzaparine-sodique-heparine-de-bas-poids-moleculaire</t>
+    <t>https://www.has-sante.fr/jcms/c_398974/fr/innohep-2-500-ui-anti-xa/0-25-ml-seringue-preremplie-innohep-3-500-ui-anti-xa/0-35-ml-seringue-preremplie-innohep-4-500-ui-anti-xa/0-45-ml-seringue-preremplie-boite-2-6-et-10-innohep-20000-ui-anti-xa/2-ml-flacon-boite-1-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400095/fr/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912570/fr/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765200/fr/innohep-tinzaparine-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572172/fr/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899631/fr/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967181/fr/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396881/fr/innohep-tinzaparine-sodique-heparine-de-bas-poids-moleculaire</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R2"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="Q2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="R2" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>