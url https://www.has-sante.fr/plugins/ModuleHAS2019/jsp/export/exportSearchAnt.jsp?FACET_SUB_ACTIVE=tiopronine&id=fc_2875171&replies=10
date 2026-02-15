--- v1 (2026-02-15)
+++ v2 (2026-02-15)
@@ -1,249 +1,566 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="48">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ACADIONE (tiopronine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984215/en/acadione-tiopronine</t>
+    <t>19/02/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984215/fr/acadione-tiopronine</t>
   </si>
   <si>
     <t>pprd_2984215</t>
   </si>
   <si>
     <t>tiopronine</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400754/en/acadione-tiopronine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759074/en/acadione</t>
+    <t>https://www.has-sante.fr/jcms/c_400754/fr/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609214/fr/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759074/fr/acadione-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J1" t="s">
+        <v>36</v>
+      </c>
+      <c r="K1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+      <c r="I2" t="s">
+        <v>43</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>