--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/11/2025 00:00:00</t>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>TOBRADEX (dexaméthasone/ tobramycine)</t>
   </si>
   <si>
     <t>18/03/2021 15:54:00</t>
   </si>