--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -65,54 +65,54 @@
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
   </si>
   <si>
     <t>p_3301594</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-[...2 lines deleted...]
-    <t>19/09/2017 16:31:00</t>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Dyskinésies ciliaires primitives</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
   </si>
   <si>
     <t>12/01/2018 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>c_2819338</t>
   </si>
   <si>
     <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
   </si>