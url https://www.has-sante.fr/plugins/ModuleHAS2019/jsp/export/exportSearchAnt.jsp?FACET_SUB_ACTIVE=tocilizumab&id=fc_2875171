--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -1,245 +1,1148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="635" uniqueCount="341">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations de bonne pratique et des parcours de soins</t>
+  </si>
+  <si>
+    <t>Les recommandations de bonne pratique (RBP), appelées Clinical Practices Guidelines (CPG) dans la littérature internationale, sont définies dans le champ de la santé comme « des propositions développées méthodiquement pour aider le praticien et le patient à rechercher les soins les plus appropriés dans des circonstances cliniques données ». Les RBP sont la synthèse de l'état de l'art et des données de la science à un temps donné et il existe de nombreux enjeux à ce qu’elles soient mises à jour à l’acquisition de nouvelles données significatives.</t>
+  </si>
+  <si>
+    <t>23/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/04/2023 09:25:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3312383/fr/actualisation-des-recommandations-de-bonne-pratique-et-des-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3312383</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 16 février 2022</t>
+  </si>
+  <si>
+    <t>08/02/2022 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3315369</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 9 février 2022</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313510/fr/commission-de-la-transparence-reunion-du-9-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3313510</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 janvier 2022</t>
+  </si>
+  <si>
+    <t>20/01/2022 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310934/fr/college-deliberatif-du-20-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3310934</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 octobre 2021</t>
+  </si>
+  <si>
+    <t>29/09/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289519/fr/commission-de-la-transparence-reunion-a-distance-du-6-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3289519</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 16 septembre 2020</t>
+  </si>
+  <si>
+    <t>10/09/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201113/fr/commission-de-la-transparence-reunion-a-distance-du-16-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3201113</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076454/fr/college-deliberatif-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3076454</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 juin 2019</t>
+  </si>
+  <si>
+    <t>06/06/2019 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973304/fr/college-deliberatif-du-12-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2973304</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 avril 2019</t>
+  </si>
+  <si>
+    <t>27/03/2019 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913151/fr/commission-de-la-transparence-reunion-du-3-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2913151</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 janvier 2019</t>
+  </si>
+  <si>
+    <t>03/01/2019 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895658/fr/commission-de-la-transparence-reunion-du-9-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2895658</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888407/fr/commission-de-la-transparence-reunion-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2888407</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2018</t>
+  </si>
+  <si>
+    <t>28/11/2018 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886593/fr/commission-de-la-transparence-reunion-du-5-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2886593</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 octobre 2018</t>
+  </si>
+  <si>
+    <t>10/10/2018 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877030/fr/commission-de-la-transparence-reunion-du-17-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2877030</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2017</t>
+  </si>
+  <si>
+    <t>06/11/2017 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803112/fr/commission-de-la-transparence-reunion-du-9-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2803112</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 juin 2017</t>
+  </si>
+  <si>
+    <t>31/05/2017 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771625/fr/commission-de-la-transparence-reunion-du-7-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2771625</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2016</t>
+  </si>
+  <si>
+    <t>01/12/2016 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727284/fr/commission-de-la-transparence-reunion-du-7-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2727284</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2016</t>
+  </si>
+  <si>
+    <t>15/06/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639159/fr/commission-de-la-transparence-reunion-du-22-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2639159</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mai 2015</t>
+  </si>
+  <si>
+    <t>13/05/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034553/fr/commission-de-la-transparence-reunion-du-20-mai-2015</t>
+  </si>
+  <si>
+    <t>c_2034553</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 avril 2015</t>
+  </si>
+  <si>
+    <t>09/04/2015 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025601/fr/commission-de-la-transparence-reunion-du-15-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2025601</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2014</t>
+  </si>
+  <si>
+    <t>12/09/2014 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1762046/fr/commission-de-la-transparence-reunion-du-17-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1762046</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 juillet 2014</t>
+  </si>
+  <si>
+    <t>18/07/2014 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754785/fr/commission-de-la-transparence-reunion-du-23-juillet-2014</t>
+  </si>
+  <si>
+    <t>c_1754785</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2013</t>
+  </si>
+  <si>
+    <t>30/12/2013 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1694858/fr/commission-de-la-transparence-reunion-du-20-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1694858</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 avril 2012</t>
+  </si>
+  <si>
+    <t>11/04/2012 13:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239215/fr/commission-de-la-transparence-reunion-du-11-avril-2012</t>
+  </si>
+  <si>
+    <t>c_1239215</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2009</t>
+  </si>
+  <si>
+    <t>18/03/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756836/fr/commission-de-la-transparence-reunion-du-18-mars-2009</t>
+  </si>
+  <si>
+    <t>c_756836</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0281/DC/SEM du 26 novembre 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité TEPEZZA (téprotumumab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité TEPEZZA (téprotumumab) dans l'indication « traitement des patients adultes atteints d’ophtalmopathie besedowienne modérée à sévère au stade actif avec exophtalmie et/ou diplopie ».</t>
+  </si>
+  <si>
+    <t>26/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>10/12/2025 16:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785380/fr/decision-n2025-0281/dc/sem-du-26-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-tepezza-teprotumumab</t>
+  </si>
+  <si>
+    <t>p_3785380</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0018/DC/SEM du 20 janvier 2022 du collège de la Haute Autorité de santé relative à l’absence d’évaluation médico-économique du produit ROACTEMRA en administration intra-veineuse (tocilizumab)</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute Autorité de santé, en sa séance du 20 janvier 2022 a constaté l'absence d’évaluation médico-économique du produit ROACTEMRA en administration intra-veineuse (tocilizumab) par la commission d'évaluation économique et de santé publique.</t>
+  </si>
+  <si>
+    <t>20/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2022 08:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312945/fr/decision-n2022-0018/dc/sem-du-20-janvier-2022-du-college-de-la-haute-autorite-de-sante-relative-a-l-absence-d-evaluation-medico-economique-du-produit-roactemra-en-administration-intra-veineuse-tocilizumab</t>
+  </si>
+  <si>
+    <t>p_3312945</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0039/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Metogia »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>12/06/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:44:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067218/fr/avis-n-2019-0039/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-metogia</t>
+  </si>
+  <si>
+    <t>p_3067218</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0086/DC du 23 avril 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du tocilizumab (ROACTEMRA) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 19/12/2016 -</t>
+  </si>
+  <si>
+    <t>Considérant :# * la pathologie, la maladie de Castleman inflammatoire (à CRP élevée) multicentrique, HHV8 négatif, non opérable, maladie rare sévère, pouvant engager le pronostic vital du patient ; * l’absence d’alternative appropriée et remboursable actuellement disponible chez ces patients ; * le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une maladie de Castleman inflammatoire (à CRP élevée) non associée au virus HHV8, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que la spécialité ROACTEMRA 20 mg/ml, solution à diluer pour perfusion, comprimé doit faire l’objet d’une prise en charge dérogatoire dans les indications : « Traitement de la maladie de Castleman inflammatoire (à CRP élevée) non associée au virus HHV8 » *RTU abrogée le 19 décembre 2016 par l'ANSM. La fin de cette RTU fait suite à la commercialisation de la spécialité SYLVANT (siltuximab), dans l’indication : «traitement des patients adultes atteints de la maladie de Castleman (MC) multicentrique, non infectés par le virus de l'immunodéficience humaine (VIH) et l'herpès-virus humain 8 (HHV-8) », dont l’AMM a été octroyée le 22 mai 2014 par la Commission européenne.*</t>
+  </si>
+  <si>
+    <t>23/04/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>06/02/2017 18:35:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741412/fr/decision-n-2014-0086/dc-du-23-avril-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-tocilizumab-roactemra-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-19/12/2016</t>
+  </si>
+  <si>
+    <t>c_1741412</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ROACTEMRA (tocilizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/fr/roactemra-tocilizumab</t>
   </si>
   <si>
     <t>pprd_2982795</t>
   </si>
   <si>
     <t>tocilizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539135/en/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_854116/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/fr/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/fr/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/fr/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/fr/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/fr/roactemra-tocilizumab-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/fr/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/fr/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -266,176 +1169,2130 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>58</v>
+      </c>
+      <c r="H8" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>63</v>
+      </c>
+      <c r="H9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>67</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>68</v>
+      </c>
+      <c r="H10" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C11" t="s">
+        <v>71</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>73</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>74</v>
+      </c>
+      <c r="H11" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" t="s">
+        <v>77</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>78</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>79</v>
+      </c>
+      <c r="H12" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>82</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>84</v>
+      </c>
+      <c r="H13" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" t="s">
+        <v>87</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>89</v>
+      </c>
+      <c r="H14" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>94</v>
+      </c>
+      <c r="H15" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>98</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>99</v>
+      </c>
+      <c r="H16" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" t="s">
+        <v>102</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>103</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H17" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>108</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>109</v>
+      </c>
+      <c r="H18" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" t="s">
+        <v>112</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>113</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H19" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" t="s">
+        <v>116</v>
+      </c>
+      <c r="C20" t="s">
+        <v>117</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>118</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>119</v>
+      </c>
+      <c r="H20" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" t="s">
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
+        <v>122</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>123</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>124</v>
+      </c>
+      <c r="H21" t="s">
+        <v>125</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B2" t="s">
+        <v>127</v>
+      </c>
+      <c r="C2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D2" t="s">
+        <v>129</v>
+      </c>
+      <c r="E2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>131</v>
+      </c>
+      <c r="H2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>137</v>
+      </c>
+      <c r="H2" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D3" t="s">
+        <v>141</v>
+      </c>
+      <c r="E3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>143</v>
+      </c>
+      <c r="H3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B4" t="s">
+        <v>145</v>
+      </c>
+      <c r="C4" t="s">
+        <v>146</v>
+      </c>
+      <c r="D4" t="s">
+        <v>147</v>
+      </c>
+      <c r="E4" t="s">
+        <v>148</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>149</v>
+      </c>
+      <c r="H4" t="s">
+        <v>150</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I34"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>152</v>
+      </c>
+      <c r="B2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>154</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>155</v>
+      </c>
+      <c r="H2" t="s">
+        <v>156</v>
+      </c>
+      <c r="I2" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>160</v>
+      </c>
+      <c r="H3" t="s">
+        <v>161</v>
+      </c>
+      <c r="I3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>152</v>
+      </c>
+      <c r="B4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>163</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>164</v>
+      </c>
+      <c r="H4" t="s">
+        <v>165</v>
+      </c>
+      <c r="I4" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>152</v>
+      </c>
+      <c r="B5" t="s">
+        <v>166</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>168</v>
+      </c>
+      <c r="H5" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>152</v>
+      </c>
+      <c r="B6" t="s">
+        <v>170</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>171</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>172</v>
+      </c>
+      <c r="H6" t="s">
+        <v>173</v>
+      </c>
+      <c r="I6" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>152</v>
+      </c>
+      <c r="B7" t="s">
+        <v>174</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>175</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>176</v>
+      </c>
+      <c r="H7" t="s">
+        <v>177</v>
+      </c>
+      <c r="I7" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>152</v>
+      </c>
+      <c r="B8" t="s">
+        <v>178</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>179</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>180</v>
+      </c>
+      <c r="H8" t="s">
+        <v>181</v>
+      </c>
+      <c r="I8" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>152</v>
+      </c>
+      <c r="B9" t="s">
+        <v>182</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>183</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>184</v>
+      </c>
+      <c r="H9" t="s">
+        <v>185</v>
+      </c>
+      <c r="I9" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>152</v>
+      </c>
+      <c r="B10" t="s">
+        <v>186</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>187</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>188</v>
+      </c>
+      <c r="H10" t="s">
+        <v>189</v>
+      </c>
+      <c r="I10" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>152</v>
+      </c>
+      <c r="B11" t="s">
+        <v>190</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>191</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>192</v>
+      </c>
+      <c r="H11" t="s">
+        <v>193</v>
+      </c>
+      <c r="I11" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>152</v>
+      </c>
+      <c r="B12" t="s">
+        <v>194</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>195</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>196</v>
+      </c>
+      <c r="H12" t="s">
+        <v>197</v>
+      </c>
+      <c r="I12" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>152</v>
+      </c>
+      <c r="B13" t="s">
+        <v>198</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>199</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>200</v>
+      </c>
+      <c r="H13" t="s">
+        <v>201</v>
+      </c>
+      <c r="I13" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>152</v>
+      </c>
+      <c r="B14" t="s">
+        <v>202</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>203</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>204</v>
+      </c>
+      <c r="H14" t="s">
+        <v>205</v>
+      </c>
+      <c r="I14" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>152</v>
+      </c>
+      <c r="B15" t="s">
+        <v>206</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>207</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>208</v>
+      </c>
+      <c r="H15" t="s">
+        <v>209</v>
+      </c>
+      <c r="I15" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>152</v>
+      </c>
+      <c r="B16" t="s">
+        <v>210</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>211</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>212</v>
+      </c>
+      <c r="H16" t="s">
+        <v>213</v>
+      </c>
+      <c r="I16" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>152</v>
+      </c>
+      <c r="B17" t="s">
+        <v>214</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>215</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" t="s">
+        <v>217</v>
+      </c>
+      <c r="I17" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>152</v>
+      </c>
+      <c r="B18" t="s">
+        <v>218</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>219</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>220</v>
+      </c>
+      <c r="H18" t="s">
+        <v>221</v>
+      </c>
+      <c r="I18" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>222</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>223</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>224</v>
+      </c>
+      <c r="H19" t="s">
+        <v>225</v>
+      </c>
+      <c r="I19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>152</v>
+      </c>
+      <c r="B20" t="s">
+        <v>226</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>227</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>228</v>
+      </c>
+      <c r="H20" t="s">
+        <v>229</v>
+      </c>
+      <c r="I20" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>230</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>231</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>232</v>
+      </c>
+      <c r="H21" t="s">
+        <v>233</v>
+      </c>
+      <c r="I21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" t="s">
+        <v>234</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>235</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>236</v>
+      </c>
+      <c r="H22" t="s">
+        <v>237</v>
+      </c>
+      <c r="I22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
+        <v>238</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>239</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>240</v>
+      </c>
+      <c r="H23" t="s">
+        <v>241</v>
+      </c>
+      <c r="I23" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>242</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>243</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>244</v>
+      </c>
+      <c r="H24" t="s">
+        <v>245</v>
+      </c>
+      <c r="I24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>152</v>
+      </c>
+      <c r="B25" t="s">
+        <v>246</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>247</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>248</v>
+      </c>
+      <c r="H25" t="s">
+        <v>249</v>
+      </c>
+      <c r="I25" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>152</v>
+      </c>
+      <c r="B26" t="s">
+        <v>250</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>251</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>252</v>
+      </c>
+      <c r="H26" t="s">
+        <v>253</v>
+      </c>
+      <c r="I26" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>152</v>
+      </c>
+      <c r="B27" t="s">
+        <v>254</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>256</v>
+      </c>
+      <c r="H27" t="s">
+        <v>257</v>
+      </c>
+      <c r="I27" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>152</v>
+      </c>
+      <c r="B28" t="s">
+        <v>258</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>259</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>260</v>
+      </c>
+      <c r="H28" t="s">
+        <v>261</v>
+      </c>
+      <c r="I28" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>152</v>
+      </c>
+      <c r="B29" t="s">
+        <v>262</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>263</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>264</v>
+      </c>
+      <c r="H29" t="s">
+        <v>265</v>
+      </c>
+      <c r="I29" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>152</v>
+      </c>
+      <c r="B30" t="s">
+        <v>266</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>267</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>268</v>
+      </c>
+      <c r="H30" t="s">
+        <v>269</v>
+      </c>
+      <c r="I30" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>152</v>
+      </c>
+      <c r="B31" t="s">
+        <v>270</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>271</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>272</v>
+      </c>
+      <c r="H31" t="s">
+        <v>273</v>
+      </c>
+      <c r="I31" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>152</v>
+      </c>
+      <c r="B32" t="s">
+        <v>274</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>275</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>276</v>
+      </c>
+      <c r="H32" t="s">
+        <v>277</v>
+      </c>
+      <c r="I32" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>152</v>
+      </c>
+      <c r="B33" t="s">
+        <v>278</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>279</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>280</v>
+      </c>
+      <c r="H33" t="s">
+        <v>281</v>
+      </c>
+      <c r="I33" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>152</v>
+      </c>
+      <c r="B34" t="s">
+        <v>282</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>283</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>284</v>
+      </c>
+      <c r="H34" t="s">
+        <v>285</v>
+      </c>
+      <c r="I34" t="s">
+        <v>157</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>286</v>
+      </c>
+      <c r="B2" t="s">
+        <v>287</v>
+      </c>
+      <c r="C2" t="s">
+        <v>288</v>
+      </c>
+      <c r="D2" t="s">
+        <v>289</v>
+      </c>
+      <c r="E2" t="s">
+        <v>290</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>291</v>
+      </c>
+      <c r="H2" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C3" t="s">
+        <v>294</v>
+      </c>
+      <c r="D3" t="s">
+        <v>295</v>
+      </c>
+      <c r="E3" t="s">
+        <v>296</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>297</v>
+      </c>
+      <c r="H3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>286</v>
+      </c>
+      <c r="B4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C4" t="s">
+        <v>300</v>
+      </c>
+      <c r="D4" t="s">
+        <v>301</v>
+      </c>
+      <c r="E4" t="s">
+        <v>302</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>303</v>
+      </c>
+      <c r="H4" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>286</v>
+      </c>
+      <c r="B5" t="s">
+        <v>305</v>
+      </c>
+      <c r="C5" t="s">
+        <v>306</v>
+      </c>
+      <c r="D5" t="s">
+        <v>307</v>
+      </c>
+      <c r="E5" t="s">
+        <v>308</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>309</v>
+      </c>
+      <c r="H5" t="s">
+        <v>310</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>311</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>312</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>313</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>314</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>316</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>317</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>318</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>320</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>322</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>323</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>325</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>326</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>327</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>328</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>329</v>
       </c>
       <c r="T2" t="s">
-        <v>35</v>
+        <v>330</v>
       </c>
       <c r="U2" t="s">
-        <v>36</v>
+        <v>331</v>
       </c>
       <c r="V2" t="s">
-        <v>37</v>
+        <v>332</v>
       </c>
       <c r="W2" t="s">
-        <v>38</v>
+        <v>333</v>
       </c>
       <c r="X2" t="s">
-        <v>39</v>
+        <v>334</v>
       </c>
       <c r="Y2" t="s">
-        <v>40</v>
+        <v>335</v>
       </c>
       <c r="Z2" t="s">
-        <v>41</v>
+        <v>336</v>
       </c>
       <c r="AA2" t="s">
-        <v>42</v>
+        <v>337</v>
       </c>
       <c r="AB2" t="s">
-        <v>43</v>
+        <v>338</v>
       </c>
       <c r="AC2" t="s">
-        <v>44</v>
+        <v>339</v>
       </c>
       <c r="AD2" t="s">
-        <v>45</v>
+        <v>340</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>