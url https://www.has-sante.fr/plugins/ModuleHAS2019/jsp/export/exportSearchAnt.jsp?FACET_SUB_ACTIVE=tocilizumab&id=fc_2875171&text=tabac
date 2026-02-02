--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,152 +1,440 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="108">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2016</t>
+  </si>
+  <si>
+    <t>15/06/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639159/fr/commission-de-la-transparence-reunion-du-22-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2639159</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +459,648 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>83</v>
+      </c>
+      <c r="H2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>93</v>
+      </c>
+      <c r="E3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>95</v>
+      </c>
+      <c r="H3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+      <c r="I2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>106</v>
+      </c>
+      <c r="H3" t="s">
+        <v>107</v>
+      </c>
+      <c r="I3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>