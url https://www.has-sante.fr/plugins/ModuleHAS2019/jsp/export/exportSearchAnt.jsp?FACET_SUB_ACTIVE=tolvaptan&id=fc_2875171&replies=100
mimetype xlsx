--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -1,1020 +1,476 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Web page" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome oro-facio-digital de type I. Il a été élaboré par le Centre de Référence Déficience Intellectuelle de causes rares et le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
+  </si>
+  <si>
+    <t>06/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/30/2021 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>29/09/2020 00:00:00</t>
-[...125 lines deleted...]
-    <t>Médicament</t>
+    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
+  </si>
+  <si>
+    <t>p_3284524</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>JINARC (tolvaptan)</t>
   </si>
   <si>
-    <t>04/10/2019 12:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984249/fr/jinarc-tolvaptan</t>
+    <t>10/04/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984249/en/jinarc-tolvaptan</t>
   </si>
   <si>
     <t>pprd_2984249</t>
   </si>
   <si>
     <t>tolvaptan</t>
   </si>
   <si>
     <t>OTSUKA PHARMACEUTICAL FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2589169/fr/jinarc-tolvaptan-antagoniste-de-la-vasopressine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080482/fr/jinarc-tolvaptan</t>
+    <t>https://www.has-sante.fr/jcms/c_2589169/en/jinarc-tolvaptan-vasopressin-antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080482/en/jinarc-tolvaptan</t>
   </si>
   <si>
     <t>SAMSCA (tolvaptan)</t>
   </si>
   <si>
-    <t>18/12/2018 16:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983087/fr/samsca-tolvaptan</t>
+    <t>12/18/2018 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983087/en/samsca-tolvaptan</t>
   </si>
   <si>
     <t>pprd_2983087</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_964925/fr/samsca-tolvaptan</t>
-[...20 lines deleted...]
-    <t>c_1695339</t>
+    <t>https://www.has-sante.fr/jcms/c_964925/en/samsca</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876340/en/samsca-tolvaptan-vasopressin-antagonist</t>
+  </si>
+  <si>
+    <t>Web page</t>
   </si>
   <si>
     <t>Transparency Committee</t>
   </si>
   <si>
     <t>The Transparency Committee (CT – Commission de la Transparence) is a scientific body made up of doctors, pharmacists and specialists in methodology and epidemiology. It evaluates drugs that have been granted marketing authorization, when the laboratory marketing them wishes to obtain their inclusion on the list of reimbursable drugs. Its tasks include : Assesses medicinal products with Marketing Authorisation Provides recommendations for medicinal products Contributes to the proper use of medicinal products</t>
   </si>
   <si>
-    <t>06/03/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1729421/fr/transparency-committee</t>
+    <t>03/06/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729421/en/transparency-committee</t>
   </si>
   <si>
     <t>c_1729421</t>
-  </si>
-[...43 lines deleted...]
-    <t>p_3113800</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...244 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="I3" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="J3" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="K3" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="L3" t="s">
-        <v>68</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="C2" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
-[...103 lines deleted...]
-        <v>94</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>