--- v1 (2026-02-14)
+++ v2 (2026-03-20)
@@ -1,230 +1,422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Web page" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="102">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...2 lines deleted...]
-    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Études en vie réelle pour l’évaluation des médicaments et dispositifs médicaux</t>
   </si>
   <si>
     <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
   </si>
   <si>
-    <t>06/10/2021 00:00:00</t>
-[...2 lines deleted...]
-    <t>06/30/2021 10:21:00</t>
+    <t>10/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
+    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome oro-facio-digital de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome oro-facio-digital de type I. Il a été élaboré par le Centre de Référence Déficience Intellectuelle de causes rares et le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210196/fr/syndrome-oro-facio-digital-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3210196</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 mai 2019</t>
+  </si>
+  <si>
+    <t>06/08/2019 18:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3086199/fr/commission-de-la-transparence-reunion-du-22-mai-2019</t>
+  </si>
+  <si>
+    <t>p_3086199</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>16/05/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968693/fr/commission-de-la-transparence-reunion-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>c_2968693</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 juin 2018</t>
+  </si>
+  <si>
+    <t>20/06/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857716/fr/commission-de-la-transparence-reunion-du-27-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2857716</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>11/11/2015 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571388/fr/commission-de-la-transparence-reunion-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571388</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juin 2010</t>
+  </si>
+  <si>
+    <t>16/06/2010 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959819/fr/commission-de-la-transparence-reunion-du-16-juin-2010</t>
+  </si>
+  <si>
+    <t>c_959819</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 avril 2010</t>
+  </si>
+  <si>
+    <t>07/04/2010 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939675/fr/commission-de-la-transparence-reunion-du-7-avril-2010</t>
+  </si>
+  <si>
+    <t>c_939675</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>JINARC (tolvaptan)</t>
   </si>
   <si>
-    <t>10/04/2019 12:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984249/en/jinarc-tolvaptan</t>
+    <t>04/10/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984249/fr/jinarc-tolvaptan</t>
   </si>
   <si>
     <t>pprd_2984249</t>
   </si>
   <si>
     <t>tolvaptan</t>
   </si>
   <si>
     <t>OTSUKA PHARMACEUTICAL FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2589169/en/jinarc-tolvaptan-vasopressin-antagonist</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080482/en/jinarc-tolvaptan</t>
+    <t>https://www.has-sante.fr/jcms/c_2589169/fr/jinarc-tolvaptan-antagoniste-de-la-vasopressine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080482/fr/jinarc-tolvaptan</t>
   </si>
   <si>
     <t>SAMSCA (tolvaptan)</t>
   </si>
   <si>
-    <t>12/18/2018 16:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983087/en/samsca-tolvaptan</t>
+    <t>18/12/2018 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983087/fr/samsca-tolvaptan</t>
   </si>
   <si>
     <t>pprd_2983087</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_964925/en/samsca</t>
-[...5 lines deleted...]
-    <t>Web page</t>
+    <t>https://www.has-sante.fr/jcms/c_964925/fr/samsca-tolvaptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876340/fr/samsca-tolvaptan-antagoniste-de-la-vasopressine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un protocole d'étude post inscription (CNEDiMTS)</t>
+  </si>
+  <si>
+    <t>La présente notice vise à décrire les modalités de dépôt des protocoles réalisés par les entreprises afin de répondre à ces demandes.</t>
+  </si>
+  <si>
+    <t>22/11/2013 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695339/fr/modalites-de-depot-d-un-protocole-d-etude-post-inscription-cnedimts</t>
+  </si>
+  <si>
+    <t>c_1695339</t>
   </si>
   <si>
     <t>Transparency Committee</t>
   </si>
   <si>
     <t>The Transparency Committee (CT – Commission de la Transparence) is a scientific body made up of doctors, pharmacists and specialists in methodology and epidemiology. It evaluates drugs that have been granted marketing authorization, when the laboratory marketing them wishes to obtain their inclusion on the list of reimbursable drugs. Its tasks include : Assesses medicinal products with Marketing Authorisation Provides recommendations for medicinal products Contributes to the proper use of medicinal products</t>
   </si>
   <si>
-    <t>03/06/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1729421/en/transparency-committee</t>
+    <t>06/03/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729421/fr/transparency-committee</t>
   </si>
   <si>
     <t>c_1729421</t>
+  </si>
+  <si>
+    <t>Comprendre l'évaluation économique des produits de santé</t>
+  </si>
+  <si>
+    <t>Pour garantir la pérennité du système de santé, fondé en majeure partie sur une prise en charge financière collective des soins de santé, des choix en matière d’allocation des ressources doivent être faits. L’objectif de l’évaluation économique est de hiérarchiser les différentes options envisageables en fonction de leur capacité à produire les meilleurs résultats possibles à partir des ressources à mobiliser, en vue d’une allocation optimale des ressources. C’est ce que l’on nomme l’efficience.</t>
+  </si>
+  <si>
+    <t>25/02/2019 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1502595/fr/comprendre-l-evaluation-economique-des-produits-de-sante</t>
+  </si>
+  <si>
+    <t>r_1502595</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d'évaluation d'un médicament</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un dossier pour la Commission de la Transparence.</t>
+  </si>
+  <si>
+    <t>18/06/2019 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046750/fr/deposer-un-dossier-d-evaluation-d-un-medicament</t>
+  </si>
+  <si>
+    <t>c_1046750</t>
+  </si>
+  <si>
+    <t>Les études post-inscription pour les médicaments</t>
+  </si>
+  <si>
+    <t>La commission de la transparence (CT) peut demander au laboratoire la réalisation d’études complémentaires appelées études post-inscription lorsqu'elle est confrontée à des incertitudes sur l'utilisation d'un médicament en pratique courante, son bénéfice clinique et ses effets indésirables chez les patients.</t>
+  </si>
+  <si>
+    <t>22/11/2019 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113800/fr/les-etudes-post-inscription-pour-les-medicaments</t>
+  </si>
+  <si>
+    <t>p_3113800</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -251,226 +443,668 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+      <c r="I3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+      <c r="I7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="J3" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="K3" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="C2" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>81</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>85</v>
+      </c>
+      <c r="H3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>94</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>95</v>
+      </c>
+      <c r="H5" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B6" t="s">
+        <v>97</v>
+      </c>
+      <c r="C6" t="s">
+        <v>98</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>99</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>100</v>
+      </c>
+      <c r="H6" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>