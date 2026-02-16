--- v0 (2025-11-17)
+++ v1 (2026-02-16)
@@ -9,116 +9,446 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="133">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +458,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -188,67 +518,613 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
-        <v>22</v>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>62</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>73</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>74</v>
+      </c>
+      <c r="H13" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>79</v>
+      </c>
+      <c r="H14" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>84</v>
+      </c>
+      <c r="H15" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" t="s">
+        <v>86</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>89</v>
+      </c>
+      <c r="H16" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>93</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>94</v>
+      </c>
+      <c r="H17" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>99</v>
+      </c>
+      <c r="H18" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" t="s">
+        <v>101</v>
+      </c>
+      <c r="C19" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>103</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>104</v>
+      </c>
+      <c r="H19" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" t="s">
+        <v>107</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>108</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>109</v>
+      </c>
+      <c r="H20" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" t="s">
+        <v>112</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>113</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>114</v>
+      </c>
+      <c r="H21" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" t="s">
+        <v>116</v>
+      </c>
+      <c r="C22" t="s">
+        <v>117</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>118</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>119</v>
+      </c>
+      <c r="H22" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B23" t="s">
+        <v>121</v>
+      </c>
+      <c r="C23" t="s">
+        <v>122</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>123</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>124</v>
+      </c>
+      <c r="H23" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>126</v>
+      </c>
+      <c r="B24" t="s">
+        <v>127</v>
+      </c>
+      <c r="C24" t="s">
+        <v>128</v>
+      </c>
+      <c r="D24" t="s">
+        <v>129</v>
+      </c>
+      <c r="E24" t="s">
+        <v>130</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>131</v>
+      </c>
+      <c r="H24" t="s">
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>