--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -9,149 +9,182 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +198,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>