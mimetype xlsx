--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="118">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -147,50 +147,65 @@
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
   </si>
   <si>
     <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
   </si>
   <si>
     <t>26/06/2019 00:00:00</t>
   </si>
   <si>
     <t>12/09/2019 11:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
@@ -398,51 +413,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -640,164 +655,164 @@
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
       <c r="C9" t="s">
         <v>47</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>51</v>
       </c>
       <c r="C10" t="s">
         <v>52</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>53</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>54</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
         <v>57</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>59</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>60</v>
       </c>
       <c r="H11" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>62</v>
       </c>
       <c r="C12" t="s">
         <v>63</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>64</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>65</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>67</v>
       </c>
       <c r="C13" t="s">
         <v>68</v>
       </c>
       <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>69</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>70</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
         <v>73</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>75</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>76</v>
       </c>
       <c r="H14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="s">
         <v>79</v>
       </c>
       <c r="D15" t="s">
@@ -831,136 +846,162 @@
       </c>
       <c r="E16" t="s">
         <v>85</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>86</v>
       </c>
       <c r="H16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="s">
         <v>88</v>
       </c>
       <c r="C17" t="s">
         <v>89</v>
       </c>
       <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
         <v>90</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>91</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" t="s">
+        <v>93</v>
+      </c>
+      <c r="C18" t="s">
         <v>94</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>95</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>96</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>97</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
         <v>102</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>103</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>105</v>
+      </c>
+      <c r="B20" t="s">
         <v>106</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>107</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
         <v>108</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>109</v>
       </c>
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>110</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
         <v>111</v>
       </c>
-      <c r="H20" t="s">
+      <c r="B21" t="s">
         <v>112</v>
+      </c>
+      <c r="C21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>114</v>
+      </c>
+      <c r="E21" t="s">
+        <v>115</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>116</v>
+      </c>
+      <c r="H21" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>