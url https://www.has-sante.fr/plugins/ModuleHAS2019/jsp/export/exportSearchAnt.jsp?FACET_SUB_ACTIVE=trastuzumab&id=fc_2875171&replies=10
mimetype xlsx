--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -39,51 +39,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="837" uniqueCount="434">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="881" uniqueCount="459">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -263,80 +263,116 @@
   <si>
     <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
   </si>
   <si>
     <t>10/11/2021 00:00:00</t>
   </si>
   <si>
     <t>22/11/2021 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 18 février 2026</t>
+  </si>
+  <si>
+    <t>11/02/2026 10:23:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859724/fr/commission-de-la-transparence-reunion-du-18-fevrier-2026</t>
+  </si>
+  <si>
+    <t>p_3859724</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 janvier 2026</t>
+  </si>
+  <si>
+    <t>21/01/2026 10:03:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826032/fr/commission-de-la-transparence-reunion-du-28-janvier-2026</t>
+  </si>
+  <si>
+    <t>p_3826032</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594876/fr/college-deliberatif-du-6-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3594876</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
     <t>Collège délibératif du 13 février 2025</t>
   </si>
   <si>
     <t>21/02/2025 10:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592411/fr/college-deliberatif-du-13-fevrier-2025</t>
   </si>
   <si>
     <t>p_3592411</t>
   </si>
   <si>
-    <t>Collège</t>
-[...1 lines deleted...]
-  <si>
     <t>Commission de la transparence - Réunion du 26 février 2025</t>
   </si>
   <si>
     <t>19/02/2025 09:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591267/fr/commission-de-la-transparence-reunion-du-26-fevrier-2025</t>
   </si>
   <si>
     <t>p_3591267</t>
   </si>
   <si>
-    <t>Commission</t>
-[...1 lines deleted...]
-  <si>
     <t>Commission de la transparence - Réunion du 29 janvier 2025</t>
   </si>
   <si>
     <t>22/01/2025 11:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585238/fr/commission-de-la-transparence-reunion-du-29-janvier-2025</t>
   </si>
   <si>
     <t>p_3585238</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 25 septembre 2024</t>
   </si>
   <si>
     <t>18/09/2024 18:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3542599/fr/commission-de-la-transparence-reunion-du-25-septembre-2024</t>
   </si>
   <si>
     <t>p_3542599</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 26 juin 2024</t>
@@ -857,50 +893,86 @@
   <si>
     <t>16/07/2008 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
   </si>
   <si>
     <t>c_678285</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 5 mars 2008</t>
   </si>
   <si>
     <t>05/03/2008 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
   </si>
   <si>
     <t>c_635308</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
+    <t>Décision n°2026.0024/DC/SEM du 5 février 2026 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ENHERTU (trastuzumab déruxtécan)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité ENHERTU (Trastuzumab déruxtécan) dans l'indication « en monothérapie dans le traitement des patients adultes présentant un adénocarcinome gastrique ou de la jonction oesogastrique (JOG) HER2-positif de stade avancé ayant reçu préalablement une seule ligne de traitement comportant le trastuzumab ».</t>
+  </si>
+  <si>
+    <t>05/02/2026 09:39:00</t>
+  </si>
+  <si>
+    <t>11/02/2026 12:31:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859808/fr/decision-n2026-0024/dc/sem-du-5-fevrier-2026-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>p_3859808</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0296/DC/SEM du 11 décembre 2025 du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité KEYTRUDA (pembrolizumab)</t>
+  </si>
+  <si>
+    <t>L'autorisation d’accès précoce octroyée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association au trastuzumab et à une chimiothérapie à base de sels de platine et de fluoropyrimidine, dans le traitement de première ligne des patients adultes atteints d’un adénocarcinome gastrique ou de la jonction oeso-gastrique, localement avancé non résécable ou métastatique, HER-2 positif et dont les tumeurs expriment PD-L1 avec un CPS ≥ 1 » a fait l'objet d'une modification (ajout d'une présentation).</t>
+  </si>
+  <si>
+    <t>11/12/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806207/fr/decision-n-2025-0296/dc/sem-du-11-decembre-2025-du-college-de-la-haute-autorite-de-sante-portant-modification-de-l-autorisation-d-acces-precoce-de-la-specialite-keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>p_3806207</t>
+  </si>
+  <si>
     <t>Décision n°2025.0070/DC/SEM du 6 mars 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité ENHERTU (trastuzumab déruxtécan)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce refusée à la spécialité ENHERTU (Trastuzumab déruxtécan) dans l'indication « en monothérapie dans le traitement des patients adultes présentant un cancer du sein non résécable ou métastatique avec récepteurs hormonaux positifs (RH+), HER2-faible ou HER2-ultra faible ayant reçu au moins une hormonothérapie au stade métastatique et qui ne sont pas éligibles à une hormonothérapie en ligne de traitement suivante (voir rubrique 5.1 du RCP) ».</t>
   </si>
   <si>
     <t>06/03/2025 09:39:00</t>
   </si>
   <si>
     <t>21/03/2025 13:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598496/fr/decision-n2025-0070/dc/sem-du-6-mars-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-enhertu-trastuzumab-deruxtecan</t>
   </si>
   <si>
     <t>p_3598496</t>
   </si>
   <si>
     <t>Décision n°2025.0041/DC/SEM du 13 février 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité KEYTRUDA (pembrolizumab)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce octroyée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association au trastuzumab et à une chimiothérapie à base de sels de platine et de fluoropyrimidine, dans le traitement de première ligne des patients adultes atteints d’un adénocarcinome gastrique ou de la jonction oeso-gastrique, localement avancé non résécable ou métastatique, HER-2 positif et dont les tumeurs expriment PD-L1 avec un CPS ≥ 1. »</t>
   </si>
   <si>
     <t>13/02/2025 09:39:00</t>
@@ -1085,99 +1157,102 @@
   <si>
     <t>24/04/2019 15:55:00</t>
   </si>
   <si>
     <t>06/05/2019 12:17:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2966732/fr/avis-n-2019-0025/ac/sem-du-24-avril-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-gempax</t>
   </si>
   <si>
     <t>c_2966732</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>ENHERTU (trastuzumab déruxtécan)</t>
   </si>
   <si>
-    <t>06/05/2025 14:21:00</t>
+    <t>11/02/2026 12:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3273604/fr/enhertu-trastuzumab-deruxtecan</t>
   </si>
   <si>
     <t>p_3273604</t>
   </si>
   <si>
     <t>trastuzumab déruxtécan</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3272596/fr/enhertu-trastuzumab-deruxtecan</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3341817/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3359829/fr/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3383475/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3424347/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3443053/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3444788/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447975/fr/enhertu-trastuzumab-deruxtecan-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique-jog</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3458293/fr/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3471088/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3530992/fr/enhertu-trastuzumab-deruxtecan-cancer-du-poumon</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598458/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859779/fr/enhertu-trastuzumab-deruxtecan-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique</t>
   </si>
   <si>
     <t>PHESGO (pertuzumab, trastuzumab)</t>
   </si>
   <si>
     <t>08/04/2021 16:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3260146/fr/phesgo-pertuzumab-trastuzumab</t>
   </si>
   <si>
     <t>p_3260146</t>
   </si>
   <si>
     <t>pertuzumab,trastuzumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259931/fr/phesgo-pertuzumab-trastuzumab</t>
   </si>
   <si>
     <t>KADCYLA (trastuzumab emtansine)</t>
   </si>
@@ -1457,545 +1532,548 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V10"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>344</v>
+        <v>368</v>
       </c>
       <c r="J1" t="s">
         <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>345</v>
+        <v>369</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="B2" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>349</v>
+        <v>373</v>
       </c>
       <c r="H2" t="s">
-        <v>350</v>
+        <v>374</v>
       </c>
       <c r="I2" t="s">
-        <v>351</v>
+        <v>375</v>
       </c>
       <c r="J2" t="s">
-        <v>352</v>
+        <v>376</v>
       </c>
       <c r="K2" t="s">
-        <v>353</v>
+        <v>377</v>
       </c>
       <c r="L2" t="s">
-        <v>354</v>
+        <v>378</v>
       </c>
       <c r="M2" t="s">
-        <v>355</v>
+        <v>379</v>
       </c>
       <c r="N2" t="s">
-        <v>356</v>
+        <v>380</v>
       </c>
       <c r="O2" t="s">
-        <v>357</v>
+        <v>381</v>
       </c>
       <c r="P2" t="s">
-        <v>358</v>
+        <v>382</v>
       </c>
       <c r="Q2" t="s">
-        <v>359</v>
+        <v>383</v>
       </c>
       <c r="R2" t="s">
-        <v>360</v>
+        <v>384</v>
       </c>
       <c r="S2" t="s">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="T2" t="s">
-        <v>362</v>
+        <v>386</v>
       </c>
       <c r="U2" t="s">
-        <v>363</v>
+        <v>387</v>
       </c>
       <c r="V2" t="s">
-        <v>364</v>
+        <v>388</v>
+      </c>
+      <c r="W2" t="s">
+        <v>389</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="B3" t="s">
-        <v>365</v>
+        <v>390</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>366</v>
+        <v>391</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>367</v>
+        <v>392</v>
       </c>
       <c r="H3" t="s">
-        <v>368</v>
+        <v>393</v>
       </c>
       <c r="I3" t="s">
-        <v>369</v>
+        <v>394</v>
       </c>
       <c r="J3" t="s">
-        <v>370</v>
+        <v>395</v>
       </c>
       <c r="K3" t="s">
-        <v>371</v>
+        <v>396</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="B4" t="s">
-        <v>372</v>
+        <v>397</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>374</v>
+        <v>399</v>
       </c>
       <c r="H4" t="s">
-        <v>375</v>
+        <v>400</v>
       </c>
       <c r="I4" t="s">
-        <v>376</v>
+        <v>401</v>
       </c>
       <c r="J4" t="s">
-        <v>370</v>
+        <v>395</v>
       </c>
       <c r="K4" t="s">
-        <v>377</v>
+        <v>402</v>
       </c>
       <c r="L4" t="s">
-        <v>378</v>
+        <v>403</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="B5" t="s">
-        <v>379</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>380</v>
+        <v>405</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>381</v>
+        <v>406</v>
       </c>
       <c r="H5" t="s">
-        <v>382</v>
+        <v>407</v>
       </c>
       <c r="I5" t="s">
-        <v>383</v>
+        <v>408</v>
       </c>
       <c r="J5" t="s">
-        <v>384</v>
+        <v>409</v>
       </c>
       <c r="K5" t="s">
-        <v>385</v>
+        <v>410</v>
       </c>
       <c r="L5" t="s">
-        <v>386</v>
+        <v>411</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="B6" t="s">
-        <v>387</v>
+        <v>412</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>388</v>
+        <v>413</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>389</v>
+        <v>414</v>
       </c>
       <c r="H6" t="s">
-        <v>390</v>
+        <v>415</v>
       </c>
       <c r="I6" t="s">
-        <v>383</v>
+        <v>408</v>
       </c>
       <c r="J6" t="s">
-        <v>391</v>
+        <v>416</v>
       </c>
       <c r="K6" t="s">
-        <v>392</v>
+        <v>417</v>
       </c>
       <c r="L6" t="s">
-        <v>393</v>
+        <v>418</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="B7" t="s">
-        <v>394</v>
+        <v>419</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>395</v>
+        <v>420</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>396</v>
+        <v>421</v>
       </c>
       <c r="H7" t="s">
-        <v>397</v>
+        <v>422</v>
       </c>
       <c r="I7" t="s">
-        <v>383</v>
+        <v>408</v>
       </c>
       <c r="J7" t="s">
-        <v>398</v>
+        <v>423</v>
       </c>
       <c r="K7" t="s">
-        <v>399</v>
+        <v>424</v>
       </c>
       <c r="L7" t="s">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="B8" t="s">
-        <v>401</v>
+        <v>426</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>402</v>
+        <v>427</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="H8" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="I8" t="s">
-        <v>383</v>
+        <v>408</v>
       </c>
       <c r="J8" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="K8" t="s">
-        <v>406</v>
+        <v>431</v>
       </c>
       <c r="L8" t="s">
-        <v>407</v>
+        <v>432</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="B9" t="s">
+        <v>433</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>434</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>435</v>
+      </c>
+      <c r="H9" t="s">
+        <v>436</v>
+      </c>
+      <c r="I9" t="s">
         <v>408</v>
       </c>
-      <c r="C9" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="K9" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="B10" t="s">
-        <v>414</v>
+        <v>439</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>415</v>
+        <v>440</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>416</v>
+        <v>441</v>
       </c>
       <c r="H10" t="s">
-        <v>417</v>
+        <v>442</v>
       </c>
       <c r="I10" t="s">
-        <v>383</v>
+        <v>408</v>
       </c>
       <c r="J10" t="s">
-        <v>370</v>
+        <v>395</v>
       </c>
       <c r="K10" t="s">
-        <v>418</v>
+        <v>443</v>
       </c>
       <c r="L10" t="s">
-        <v>419</v>
+        <v>444</v>
       </c>
       <c r="M10" t="s">
-        <v>420</v>
+        <v>445</v>
       </c>
       <c r="N10" t="s">
-        <v>421</v>
+        <v>446</v>
       </c>
       <c r="O10" t="s">
-        <v>422</v>
+        <v>447</v>
       </c>
       <c r="P10" t="s">
-        <v>423</v>
+        <v>448</v>
       </c>
       <c r="Q10" t="s">
-        <v>424</v>
+        <v>449</v>
       </c>
       <c r="R10" t="s">
-        <v>425</v>
+        <v>450</v>
       </c>
       <c r="S10" t="s">
-        <v>426</v>
+        <v>451</v>
       </c>
       <c r="T10" t="s">
-        <v>427</v>
+        <v>452</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>428</v>
+        <v>453</v>
       </c>
       <c r="B2" t="s">
-        <v>429</v>
+        <v>454</v>
       </c>
       <c r="C2" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>431</v>
+        <v>456</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>432</v>
+        <v>457</v>
       </c>
       <c r="H2" t="s">
-        <v>433</v>
+        <v>458</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2422,51 +2500,51 @@
       </c>
       <c r="D3" t="s">
         <v>68</v>
       </c>
       <c r="E3" t="s">
         <v>69</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I50"/>
+  <dimension ref="A1:I53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2512,1761 +2590,1900 @@
       <c r="A3" t="s">
         <v>73</v>
       </c>
       <c r="B3" t="s">
         <v>79</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>80</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>81</v>
       </c>
       <c r="H3" t="s">
         <v>82</v>
       </c>
       <c r="I3" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>73</v>
       </c>
       <c r="B4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>84</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>85</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>86</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>73</v>
       </c>
       <c r="B5" t="s">
         <v>88</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>89</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>90</v>
       </c>
       <c r="H5" t="s">
         <v>91</v>
       </c>
       <c r="I5" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>92</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>93</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>94</v>
       </c>
       <c r="H6" t="s">
         <v>95</v>
       </c>
       <c r="I6" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>73</v>
       </c>
       <c r="B7" t="s">
         <v>96</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>97</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>98</v>
       </c>
       <c r="H7" t="s">
         <v>99</v>
       </c>
       <c r="I7" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>100</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>101</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>102</v>
       </c>
       <c r="H8" t="s">
         <v>103</v>
       </c>
       <c r="I8" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>104</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>105</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>106</v>
       </c>
       <c r="H9" t="s">
         <v>107</v>
       </c>
       <c r="I9" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>73</v>
       </c>
       <c r="B10" t="s">
         <v>108</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H10" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I10" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H11" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I11" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H12" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I12" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>121</v>
       </c>
       <c r="H13" t="s">
         <v>122</v>
       </c>
       <c r="I13" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>73</v>
       </c>
       <c r="B14" t="s">
         <v>123</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>124</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>125</v>
       </c>
       <c r="H14" t="s">
         <v>126</v>
       </c>
       <c r="I14" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>127</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>128</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>129</v>
       </c>
       <c r="H15" t="s">
         <v>130</v>
       </c>
       <c r="I15" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>131</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>132</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>133</v>
       </c>
       <c r="H16" t="s">
         <v>134</v>
       </c>
       <c r="I16" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>135</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>136</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>137</v>
       </c>
       <c r="H17" t="s">
         <v>138</v>
       </c>
       <c r="I17" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>139</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>140</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>141</v>
       </c>
       <c r="H18" t="s">
         <v>142</v>
       </c>
       <c r="I18" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>73</v>
       </c>
       <c r="B19" t="s">
         <v>143</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>144</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>145</v>
       </c>
       <c r="H19" t="s">
         <v>146</v>
       </c>
       <c r="I19" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>73</v>
       </c>
       <c r="B20" t="s">
         <v>147</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>148</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>149</v>
       </c>
       <c r="H20" t="s">
         <v>150</v>
       </c>
       <c r="I20" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>73</v>
       </c>
       <c r="B21" t="s">
         <v>151</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>152</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>153</v>
       </c>
       <c r="H21" t="s">
         <v>154</v>
       </c>
       <c r="I21" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>73</v>
       </c>
       <c r="B22" t="s">
         <v>155</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>156</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>157</v>
       </c>
       <c r="H22" t="s">
         <v>158</v>
       </c>
       <c r="I22" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>73</v>
       </c>
       <c r="B23" t="s">
         <v>159</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>160</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>161</v>
       </c>
       <c r="H23" t="s">
         <v>162</v>
       </c>
       <c r="I23" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>73</v>
       </c>
       <c r="B24" t="s">
         <v>163</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>164</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>165</v>
       </c>
       <c r="H24" t="s">
         <v>166</v>
       </c>
       <c r="I24" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>73</v>
       </c>
       <c r="B25" t="s">
         <v>167</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
         <v>168</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>169</v>
       </c>
       <c r="H25" t="s">
         <v>170</v>
       </c>
       <c r="I25" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>73</v>
       </c>
       <c r="B26" t="s">
         <v>171</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
         <v>172</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>173</v>
       </c>
       <c r="H26" t="s">
         <v>174</v>
       </c>
       <c r="I26" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>73</v>
       </c>
       <c r="B27" t="s">
         <v>175</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
         <v>176</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>177</v>
       </c>
       <c r="H27" t="s">
         <v>178</v>
       </c>
       <c r="I27" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>73</v>
       </c>
       <c r="B28" t="s">
         <v>179</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
         <v>180</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>181</v>
       </c>
       <c r="H28" t="s">
         <v>182</v>
       </c>
       <c r="I28" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>73</v>
       </c>
       <c r="B29" t="s">
         <v>183</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>184</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>185</v>
       </c>
       <c r="H29" t="s">
         <v>186</v>
       </c>
       <c r="I29" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>73</v>
       </c>
       <c r="B30" t="s">
         <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
         <v>188</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>189</v>
       </c>
       <c r="H30" t="s">
         <v>190</v>
       </c>
       <c r="I30" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>73</v>
       </c>
       <c r="B31" t="s">
         <v>191</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
         <v>192</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>193</v>
       </c>
       <c r="H31" t="s">
         <v>194</v>
       </c>
       <c r="I31" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>73</v>
       </c>
       <c r="B32" t="s">
         <v>195</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
         <v>196</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>197</v>
       </c>
       <c r="H32" t="s">
         <v>198</v>
       </c>
       <c r="I32" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>73</v>
       </c>
       <c r="B33" t="s">
         <v>199</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
         <v>200</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>201</v>
       </c>
       <c r="H33" t="s">
         <v>202</v>
       </c>
       <c r="I33" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>203</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
         <v>204</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>205</v>
       </c>
       <c r="H34" t="s">
         <v>206</v>
       </c>
       <c r="I34" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>207</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
         <v>208</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>209</v>
       </c>
       <c r="H35" t="s">
         <v>210</v>
       </c>
       <c r="I35" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>73</v>
       </c>
       <c r="B36" t="s">
         <v>211</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
         <v>212</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>213</v>
       </c>
       <c r="H36" t="s">
         <v>214</v>
       </c>
       <c r="I36" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>215</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
         <v>216</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>217</v>
       </c>
       <c r="H37" t="s">
         <v>218</v>
       </c>
       <c r="I37" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>73</v>
       </c>
       <c r="B38" t="s">
         <v>219</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
         <v>220</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>221</v>
       </c>
       <c r="H38" t="s">
         <v>222</v>
       </c>
       <c r="I38" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>73</v>
       </c>
       <c r="B39" t="s">
         <v>223</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>224</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>225</v>
       </c>
       <c r="H39" t="s">
         <v>226</v>
       </c>
       <c r="I39" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>73</v>
       </c>
       <c r="B40" t="s">
         <v>227</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
         <v>228</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>229</v>
       </c>
       <c r="H40" t="s">
         <v>230</v>
       </c>
       <c r="I40" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>73</v>
       </c>
       <c r="B41" t="s">
         <v>231</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
         <v>232</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>233</v>
       </c>
       <c r="H41" t="s">
         <v>234</v>
       </c>
       <c r="I41" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>73</v>
       </c>
       <c r="B42" t="s">
         <v>235</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
         <v>236</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>237</v>
       </c>
       <c r="H42" t="s">
         <v>238</v>
       </c>
       <c r="I42" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>73</v>
       </c>
       <c r="B43" t="s">
         <v>239</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
         <v>240</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>241</v>
       </c>
       <c r="H43" t="s">
         <v>242</v>
       </c>
       <c r="I43" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>73</v>
       </c>
       <c r="B44" t="s">
         <v>243</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
         <v>244</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>245</v>
       </c>
       <c r="H44" t="s">
         <v>246</v>
       </c>
       <c r="I44" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>73</v>
       </c>
       <c r="B45" t="s">
         <v>247</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>248</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>249</v>
       </c>
       <c r="H45" t="s">
         <v>250</v>
       </c>
       <c r="I45" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>73</v>
       </c>
       <c r="B46" t="s">
         <v>251</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>252</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>253</v>
       </c>
       <c r="H46" t="s">
         <v>254</v>
       </c>
       <c r="I46" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>73</v>
       </c>
       <c r="B47" t="s">
         <v>255</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
         <v>256</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>257</v>
       </c>
       <c r="H47" t="s">
         <v>258</v>
       </c>
       <c r="I47" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>73</v>
       </c>
       <c r="B48" t="s">
         <v>259</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
         <v>260</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>261</v>
       </c>
       <c r="H48" t="s">
         <v>262</v>
       </c>
       <c r="I48" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>73</v>
       </c>
       <c r="B49" t="s">
         <v>263</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
         <v>264</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>265</v>
       </c>
       <c r="H49" t="s">
         <v>266</v>
       </c>
       <c r="I49" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>73</v>
       </c>
       <c r="B50" t="s">
         <v>267</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
         <v>268</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>269</v>
       </c>
       <c r="H50" t="s">
         <v>270</v>
       </c>
       <c r="I50" t="s">
-        <v>83</v>
+        <v>78</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>73</v>
+      </c>
+      <c r="B51" t="s">
+        <v>271</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>272</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>273</v>
+      </c>
+      <c r="H51" t="s">
+        <v>274</v>
+      </c>
+      <c r="I51" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B52" t="s">
+        <v>275</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>276</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>277</v>
+      </c>
+      <c r="H52" t="s">
+        <v>278</v>
+      </c>
+      <c r="I52" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>73</v>
+      </c>
+      <c r="B53" t="s">
+        <v>279</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>280</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>281</v>
+      </c>
+      <c r="H53" t="s">
+        <v>282</v>
+      </c>
+      <c r="I53" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B2" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="C2" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="D2" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="E2" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="H2" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B3" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="C3" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="D3" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="E3" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="H3" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B4" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="C4" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
       <c r="D4" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="E4" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="H4" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B5" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="C5" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="D5" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="E5" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="H5" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B6" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="C6" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="D6" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="E6" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="H6" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B7" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="C7" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="D7" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="E7" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>306</v>
+        <v>318</v>
       </c>
       <c r="H7" t="s">
-        <v>307</v>
+        <v>319</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B8" t="s">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="C8" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="D8" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="E8" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="H8" t="s">
-        <v>313</v>
+        <v>325</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B9" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="C9" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="D9" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="E9" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="H9" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B10" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="C10" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="D10" t="s">
-        <v>322</v>
+        <v>334</v>
       </c>
       <c r="E10" t="s">
-        <v>323</v>
+        <v>335</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>324</v>
+        <v>336</v>
       </c>
       <c r="H10" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B11" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="C11" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="D11" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="E11" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="H11" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B12" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="C12" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="D12" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="E12" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
       <c r="H12" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B13" t="s">
-        <v>338</v>
+        <v>350</v>
       </c>
       <c r="C13" t="s">
-        <v>339</v>
+        <v>351</v>
       </c>
       <c r="D13" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="E13" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="H13" t="s">
-        <v>343</v>
+        <v>355</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>283</v>
+      </c>
+      <c r="B14" t="s">
+        <v>356</v>
+      </c>
+      <c r="C14" t="s">
+        <v>357</v>
+      </c>
+      <c r="D14" t="s">
+        <v>358</v>
+      </c>
+      <c r="E14" t="s">
+        <v>359</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>360</v>
+      </c>
+      <c r="H14" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>283</v>
+      </c>
+      <c r="B15" t="s">
+        <v>362</v>
+      </c>
+      <c r="C15" t="s">
+        <v>363</v>
+      </c>
+      <c r="D15" t="s">
+        <v>364</v>
+      </c>
+      <c r="E15" t="s">
+        <v>365</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>366</v>
+      </c>
+      <c r="H15" t="s">
+        <v>367</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>