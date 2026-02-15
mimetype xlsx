--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
     <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
     <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
     <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
     <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="95">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -116,132 +116,153 @@
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
     <t>Patient selection criteria for at-home cancer chemotherapy</t>
   </si>
   <si>
     <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
   </si>
   <si>
     <t>09/01/2003 00:00:00</t>
   </si>
   <si>
     <t>09/01/2003 09:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
     <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
   </si>
   <si>
     <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
   </si>
   <si>
     <t>11/10/2021 00:00:00</t>
   </si>
   <si>
     <t>11/22/2021 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
     <t>ENHERTU (trastuzumab déruxtécan)</t>
   </si>
   <si>
-    <t>05/06/2025 14:21:00</t>
+    <t>02/11/2026 12:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3273604/en/enhertu-trastuzumab-deruxtecan</t>
   </si>
   <si>
     <t>p_3273604</t>
   </si>
   <si>
     <t>trastuzumab déruxtécan</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3272596/en/enhertu-trastuzumab-deruxtecan</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3341817/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3359829/en/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3383475/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3424347/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3443053/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3444788/en/enhertu-trastuzumab-deruxtecan-her2-low-breast-cancer</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447975/en/enhertu-trastuzumab-deruxtecan-gastric-or-gastroesophageal-junction-gej-adenocarcinoma</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3458293/en/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3471088/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3530992/en/enhertu-trastuzumab-deruxtecan-lung-cancer</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598458/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859779/en/enhertu-trastuzumab-deruxtecan-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique</t>
   </si>
   <si>
     <t>PHESGO (pertuzumab, trastuzumab)</t>
   </si>
   <si>
     <t>04/08/2021 16:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3260146/en/phesgo-pertuzumab-trastuzumab</t>
   </si>
   <si>
     <t>p_3260146</t>
   </si>
   <si>
     <t>pertuzumab,trastuzumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259931/en/phesgo-pertuzumab-trastuzumab</t>
   </si>
   <si>
     <t>KADCYLA</t>
   </si>
@@ -533,51 +554,51 @@
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>28</v>
       </c>
       <c r="H2" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -591,295 +612,324 @@
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
         <v>31</v>
       </c>
       <c r="C2" t="s">
         <v>32</v>
       </c>
       <c r="D2" t="s">
         <v>33</v>
       </c>
       <c r="E2" t="s">
         <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>35</v>
       </c>
       <c r="H2" t="s">
         <v>36</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V5"/>
+  <dimension ref="A1:W5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="J1" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="H2" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="I2" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="J2" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="K2" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="L2" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="M2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="N2" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="O2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="P2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="Q2" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="R2" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="S2" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="T2" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="U2" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="V2" t="s">
-        <v>58</v>
+        <v>64</v>
+      </c>
+      <c r="W2" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="H3" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="I3" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="J3" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="K3" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="H4" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="I4" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="J4" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="K4" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="L4" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="H5" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="I5" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="J5" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="K5" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="L5" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="M5" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="N5" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="O5" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="P5" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="Q5" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="R5" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="S5" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="T5" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>