--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,152 +1,200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/22/2021 11:48:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:04:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2024559</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 juillet 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494745/fr/college-deliberatif-du-21-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3494745</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +219,175 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+      <c r="I2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>