--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -1,1592 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>SHOCKWAVE REDUCER</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>24/09/2024 00:00:00</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment originates from three different requests: from the Ministry of Health, the National Health Insurance and professional cardiology and radiology organisations. The objective is to define the place of non-invasive cardiac imaging tests in the diagnostic management of stable coronary artery disease in patients with an intermediate risk (or pretest probability). The objective being to reserve coronary angiography, an invasive test, for patients for whom it is essential (in light of a possible coronary revascularisation). The non-invasive imaging tests involved in this report are: exercise or pharmacological stress echocardiography, coronary CT scan, pharmacological stress MRI, exercise or pharmacological stress myocardial tomography (SPECT), and positron emission tomography (PET) with 18FDG. It should be noted that a first part addressing non-invasive cardiac imaging in non-ST-segment elevation acute coronary syndrome (ACS) at low cardiovascular risk was published by HAS in March 2015</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2725332</t>
-  </si>
-[...331 lines deleted...]
-    <t>c_1600208</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
-[...71 lines deleted...]
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...823 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>