--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,120 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="238" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="148">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : critères d’évaluation pour l’intégration de nouvelles maladies au programme national du dépistage à la naissance</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique vise à structurer la réflexion autour des critères et des modalités d’évaluation de maladies rares en vue de leur intégration ou non au programme de dépistage néonatal. Les critères et le processus décisionnel qui y sont recommandés ont été appréciés à une date donnée dans un environnement évolutif. ce guide est destiné principalement à l’utilisation des chefs de projets scientifiques de la HAS, dans le respect des normes déontologiques et des procédures de l’institution.</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2023 14:40:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421858/fr/depistage-neonatal-criteres-d-evaluation-pour-l-integration-de-nouvelles-maladies-au-programme-national-du-depistage-a-la-naissance</t>
+  </si>
+  <si>
+    <t>p_3421858</t>
+  </si>
+  <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
     <t>22/01/2020 00:00:00</t>
   </si>
   <si>
     <t>03/02/2020 10:20:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
     <t>Place de la stratégie couplant les dosages de la trypsine immunoréactive (TIR) et de la protéine associée à la pancréatite (PAP) dans le dépistage systématique de la mucoviscidose en France</t>
   </si>
   <si>
     <t>Suite à l’état des lieux sur le dépistage néonatal de la mucoviscidose en 2009, la HAS a évalué la pertinence d’une stratégie de dépistage fondée sur le dosage de la protéine associée à la pancréatite (PAP).</t>
   </si>
   <si>
     <t>12/02/2015 00:00:00</t>
   </si>
   <si>
     <t>03/06/2015 17:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1739994/fr/place-de-la-strategie-couplant-les-dosages-de-la-trypsine-immunoreactive-tir-et-de-la-proteine-associee-a-la-pancreatite-pap-dans-le-depistage-systematique-de-la-mucoviscidose-en-france</t>
   </si>
   <si>
     <t>c_1739994</t>
   </si>
   <si>
     <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
@@ -152,50 +179,65 @@
   <si>
     <t>c_893585</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
   </si>
   <si>
     <t>28/01/2009 00:00:00</t>
   </si>
   <si>
     <t>06/04/2009 13:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
   </si>
   <si>
     <t>c_765713</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Tumeurs kystiques du pancréas (TIPMP exclues)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d’une tumeur kystique rare du pancréas (TKP) quelle que soit sa sévérité. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594144/fr/tumeurs-kystiques-du-pancreas-tipmp-exclues</t>
   </si>
   <si>
     <t>p_3594144</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
@@ -242,87 +284,108 @@
   <si>
     <t>18/12/2020 10:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
   </si>
   <si>
     <t>p_3225352</t>
   </si>
   <si>
     <t>Déficits de synthèse des acides biliaires primaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
   </si>
   <si>
     <t>27/11/2019 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
   </si>
   <si>
     <t>p_3121124</t>
   </si>
   <si>
-    <t>Mucoviscidose</t>
-[...13 lines deleted...]
-  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
   </si>
   <si>
     <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
   </si>
   <si>
     <t>12/07/2017 00:00:00</t>
   </si>
   <si>
     <t>29/09/2017 08:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : s'informer pour décider</t>
+  </si>
+  <si>
+    <t>Dans le cadre du programme national de dépistage néonatal piloté par le ministère chargé de la santé, la Haute Autorité de santé (HAS) et le Centre national de coordination du dépistage néonatal (CNCDN) publient un ensemble de documents portant sur l’information à délivrer aux parents. Il s’agit notamment de donner des clefs aux professionnels pour les aider à expliquer les maladies dépistées et l’intérêt de les détecter dès la naissance. Ce document a été actualisé en octobre 2024 pour tenir compte de la généralisation du dépistage néonatal de la drépanocytose sur l'ensemble du territoire français au 1er novembre 2024.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285576/fr/depistage-neonatal-s-informer-pour-decider</t>
+  </si>
+  <si>
+    <t>p_3285576</t>
+  </si>
+  <si>
     <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
   </si>
   <si>
     <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
   </si>
   <si>
     <t>Evaluation portant sur les tests diagnostiques de la toxoplasmose dans les contextes suivants : toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), toxoplasmose congénitale (diagnostic pré- et postnatal) et toxoplasmose oculaire.</t>
   </si>
   <si>
     <t>01/02/2017 00:00:00</t>
   </si>
   <si>
     <t>13/02/2017 17:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
@@ -459,56 +522,56 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -522,439 +585,439 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...102 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="H2" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="H4" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="H5" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H6" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="H7" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="H8" t="s">
-        <v>75</v>
-[...64 lines deleted...]
-      <c r="H2" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -988,381 +1051,539 @@
       </c>
       <c r="D2" t="s">
         <v>86</v>
       </c>
       <c r="E2" t="s">
         <v>87</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>88</v>
       </c>
       <c r="H2" t="s">
         <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D2" t="s">
+        <v>93</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="B2" t="s">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="H2" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="I2" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="B3" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>99</v>
+        <v>118</v>
       </c>
       <c r="H3" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="I3" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="B4" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="H4" t="s">
-        <v>104</v>
+        <v>123</v>
       </c>
       <c r="I4" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="B5" t="s">
-        <v>105</v>
+        <v>124</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>106</v>
+        <v>125</v>
       </c>
       <c r="H5" t="s">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="I5" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="B6" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="H6" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="I6" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="B2" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="C2" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="D2" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>116</v>
+        <v>135</v>
       </c>
       <c r="H2" t="s">
-        <v>117</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>118</v>
+        <v>137</v>
       </c>
       <c r="B2" t="s">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="C2" t="s">
-        <v>120</v>
+        <v>139</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="H2" t="s">
-        <v>123</v>
+        <v>142</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>118</v>
+        <v>137</v>
       </c>
       <c r="B3" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="C3" t="s">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>127</v>
+        <v>146</v>
       </c>
       <c r="H3" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>