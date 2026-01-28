--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -80,50 +80,68 @@
   <si>
     <t>c_2794425</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
   </si>
   <si>
     <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/12/2009 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
   </si>
   <si>
     <t>c_893585</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
   </si>
   <si>
     <t>28/01/2009 00:00:00</t>
   </si>
   <si>
     <t>06/04/2009 13:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
   </si>
   <si>
     <t>c_765713</t>
   </si>
   <si>
     <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
   </si>
   <si>
     <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
   </si>
   <si>
     <t>01/06/2011 00:00:00</t>
@@ -155,53 +173,50 @@
   <si>
     <t>c_2866458</t>
   </si>
   <si>
     <t>Guide méthodologique</t>
   </si>
   <si>
     <t>Dépistage néonatal : critères d’évaluation pour l’intégration de nouvelles maladies au programme national du dépistage à la naissance</t>
   </si>
   <si>
     <t>Ce guide méthodologique vise à structurer la réflexion autour des critères et des modalités d’évaluation de maladies rares en vue de leur intégration ou non au programme de dépistage néonatal. Les critères et le processus décisionnel qui y sont recommandés ont été appréciés à une date donnée dans un environnement évolutif. ce guide est destiné principalement à l’utilisation des chefs de projets scientifiques de la HAS, dans le respect des normes déontologiques et des procédures de l’institution.</t>
   </si>
   <si>
     <t>16/03/2023 00:00:00</t>
   </si>
   <si>
     <t>22/03/2023 14:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3421858/fr/depistage-neonatal-criteres-d-evaluation-pour-l-integration-de-nouvelles-maladies-au-programme-national-du-depistage-a-la-naissance</t>
   </si>
   <si>
     <t>p_3421858</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...1 lines deleted...]
-  <si>
     <t>Ichthyoses héréditaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
   </si>
   <si>
     <t>p_3293150</t>
   </si>
   <si>
     <t>Place de la stratégie couplant les dosages de la trypsine immunoréactive (TIR) et de la protéine associée à la pancréatite (PAP) dans le dépistage systématique de la mucoviscidose en France</t>
   </si>
   <si>
     <t>Suite à l’état des lieux sur le dépistage néonatal de la mucoviscidose en 2009, la HAS a évalué la pertinence d’une stratégie de dépistage fondée sur le dosage de la protéine associée à la pancréatite (PAP).</t>
   </si>
   <si>
     <t>12/02/2015 00:00:00</t>
   </si>
   <si>
     <t>03/06/2015 17:16:00</t>
@@ -219,65 +234,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
   </si>
   <si>
     <t>27/11/2019 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
   </si>
   <si>
     <t>p_3121124</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
   </si>
   <si>
     <t>p_3563488</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
   </si>
   <si>
     <t>p_3301594</t>
   </si>
   <si>
     <t>Guide usagers</t>
   </si>
   <si>
     <t>Dépistage néonatal : s'informer pour décider</t>
   </si>
   <si>
     <t>Dans le cadre du programme national de dépistage néonatal piloté par le ministère chargé de la santé, la Haute Autorité de santé (HAS) et le Centre national de coordination du dépistage néonatal (CNCDN) publient un ensemble de documents portant sur l’information à délivrer aux parents. Il s’agit notamment de donner des clefs aux professionnels pour les aider à expliquer les maladies dépistées et l’intérêt de les détecter dès la naissance. Ce document a été actualisé en octobre 2024 pour tenir compte de la généralisation du dépistage néonatal de la drépanocytose sur l'ensemble du territoire français au 1er novembre 2024.</t>
   </si>
@@ -424,60 +424,60 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
@@ -502,207 +502,207 @@
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>39</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>44</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>45</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>49</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>52</v>
       </c>
       <c r="H8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>54</v>
       </c>
       <c r="C9" t="s">
         <v>55</v>
       </c>
       <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>56</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>57</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
         <v>60</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>63</v>
       </c>
       <c r="H10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>65</v>
       </c>
       <c r="C11" t="s">
         <v>66</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>68</v>
       </c>
       <c r="H11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>72</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>73</v>
       </c>
       <c r="H12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
       <c r="C13" t="s">
         <v>76</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>77</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>78</v>
       </c>
       <c r="H13" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">