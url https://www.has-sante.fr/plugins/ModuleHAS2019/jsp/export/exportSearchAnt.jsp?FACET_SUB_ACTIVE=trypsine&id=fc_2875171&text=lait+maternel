--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,185 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/12/2024 14:12:00</t>
-[...74 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -197,231 +128,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...15 lines deleted...]
-      <c r="E4" t="s">
         <v>22</v>
-      </c>
-[...85 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>