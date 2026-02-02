--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -74,54 +74,54 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
   </si>
   <si>
     <t>p_3225352</t>
   </si>
   <si>
     <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
   </si>
   <si>
     <t>p_3301594</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-[...2 lines deleted...]
-    <t>19/09/2017 16:31:00</t>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
   </si>
   <si>
     <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/12/2009 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
   </si>