--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,419 +9,199 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>23/04/2021 16:21:00</t>
-[...74 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
-  </si>
-[...19 lines deleted...]
-    <t>p_3639045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...120 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>