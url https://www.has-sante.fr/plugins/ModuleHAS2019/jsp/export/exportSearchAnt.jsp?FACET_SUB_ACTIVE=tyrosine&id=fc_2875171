--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,2710 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1507" uniqueCount="857">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>22/03/2023 14:40:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3421858/fr/depistage-neonatal-criteres-d-evaluation-pour-l-integration-de-nouvelles-maladies-au-programme-national-du-depistage-a-la-naissance</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Description</t>
-[...152 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
-[...614 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Myasthénie autoimmune</t>
-[...221 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
+    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the benefit of using a next generation sequencing (NGS) gene panel for the clinical management of gastrointestinal stromal tumour (GIST) patients in routine clinical practice.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/16/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon - Recherche des altérations moléculaires somatiques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535386/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon-recherche-des-alterations-moleculaires-somatiques</t>
+    <t>Next generation sequencing gene panel for medical lung cancer care</t>
+  </si>
+  <si>
+    <t>Evaluation of the composition of a reimbursable gene panel (search for gene alteration by targeted high-throughput sequencing or NGS or SHD) in somatic genetics of lung cancer</t>
+  </si>
+  <si>
+    <t>05/23/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
   </si>
   <si>
     <t>p_3535386</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
+    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
+  </si>
+  <si>
+    <t>This report aimed to assess the clinical benefit of a targeted next generation sequencing (NGS) gene panel in the management of chronic lymphocytic leukemia in routine care.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
   </si>
   <si>
     <t>p_3536003</t>
   </si>
   <si>
-    <t>Détection d’altérations du gène RET par la technique de séquençage nouvelle génération (NGS) : cancer bronchique non à petites cellules et cancer médullaire de la thyroïde</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Évaluation de l’acte de recherche ou de quantification du gène de fusion BCR-ABL par RT-PCR dans le diagnostic et le suivi thérapeutique des leucémies myéloïdes chroniques et des leucémies lymphoblastiques aiguës</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
+    <t>Assessment of BCR-ABL fusion gene testing or quantification using RT-PCR in the diagnosis and therapeutic follow-up of chronic myeloid leukaemias and acute lymphoblastic leukaemias - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The BCR-ABL fusion gene, also called the Philadelphia gene or chromosome Ph1, is the result of a reciprocal translocation between chromosomes 9 and 22. The BCR-ABL fusion gene codes for a fusion protein with a deregulated tyrosine kinase activity, which activates various mechanisms involved in cell multiplication. The BCR-ABL fusion gene is present in all chronic myeloid leukaemias (CML), 3 to 5% of acute lymphoblastic leukaemias (ALL) in children and between 15 to 30% of ALL in adults. Therefore, routine testing is done when CML or ALL is suspected. The BCR-ABL fusion gene is evidenced by cytogenetics (karyotype), molecular cytogenetics (FISH), or by RT-PCR. BCR-ABL fusion transcript can also be quantified by quantitative PCR (RT-qPCR). Currently, only BCR-ABL fusion gene testing is included in the list of the laboratory medicine procedures reimbursement by the health insurance system in France (NABM). BCR-ABL transcript testing by molecular biology is included in the additional list of laboratory medicine and anatomo-cytopathology procedures outside of the nomenclature</t>
+  </si>
+  <si>
+    <t>11/08/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/13/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
-[...1214 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>IASOglio (fluoroéthyl-L tyrosine (18F))</t>
   </si>
   <si>
-    <t>03/11/2016 16:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983995/fr/iasoglio-fluoroethyl-l-tyrosine-18f</t>
+    <t>11/03/2016 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983995/en/iasoglio-fluoroethyl-l-tyrosine-18f</t>
   </si>
   <si>
     <t>pprd_2983995</t>
   </si>
   <si>
     <t>fluoroéthyl-L tyrosine (18F)</t>
   </si>
   <si>
     <t>IASON GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2659628/fr/iasoglio-fluoroethyl-l-thyrosine-18f-ou-fet-radiopharmaceutique-a-usage-diagnostique-pour-detection-de-tumeurs</t>
-[...89 lines deleted...]
-    <t>c_2906058</t>
+    <t>https://www.has-sante.fr/jcms/c_2659628/en/iasoglio-fluoroethyl-l-tyrosine-18f-or-fet-radiopharmaceutical-for-diagnostic-use-for-the-detection-of-tumours</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2718,5004 +381,521 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>800</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>801</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>802</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>803</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>804</v>
-[...166 lines deleted...]
-        <v>840</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>841</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>842</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>843</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>844</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>845</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>846</v>
-[...51 lines deleted...]
-        <v>856</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J9"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
-[...44 lines deleted...]
-      <c r="B4" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...182 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="C2" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="E2" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="H2" t="s">
-        <v>72</v>
+        <v>43</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B3" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="C3" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="D3" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="E3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="H3" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="D4" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="E4" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>83</v>
+        <v>54</v>
       </c>
       <c r="H4" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B5" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="C5" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="D5" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="H5" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>91</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>92</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>95</v>
+        <v>64</v>
       </c>
       <c r="H6" t="s">
-        <v>96</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
         <v>66</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="D7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>101</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H43"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>72</v>
+      </c>
+      <c r="J1" t="s">
+        <v>73</v>
+      </c>
+      <c r="K1" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="C2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>108</v>
-[...1065 lines deleted...]
-        <v>317</v>
+        <v>79</v>
+      </c>
+      <c r="I2" t="s">
+        <v>80</v>
+      </c>
+      <c r="J2" t="s">
+        <v>81</v>
+      </c>
+      <c r="K2" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...2944 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>