--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -1,373 +1,2767 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
+    <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1541" uniqueCount="876">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>04/07/2014 15:40:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : critères d’évaluation pour l’intégration de nouvelles maladies au programme national du dépistage à la naissance</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique vise à structurer la réflexion autour des critères et des modalités d’évaluation de maladies rares en vue de leur intégration ou non au programme de dépistage néonatal. Les critères et le processus décisionnel qui y sont recommandés ont été appréciés à une date donnée dans un environnement évolutif. ce guide est destiné principalement à l’utilisation des chefs de projets scientifiques de la HAS, dans le respect des normes déontologiques et des procédures de l’institution.</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2023 14:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+    <t>https://www.has-sante.fr/jcms/p_3421858/fr/depistage-neonatal-criteres-d-evaluation-pour-l-integration-de-nouvelles-maladies-au-programme-national-du-depistage-a-la-naissance</t>
+  </si>
+  <si>
+    <t>p_3421858</t>
+  </si>
+  <si>
+    <t>Test compagnon associé à une thérapie ciblée : définitions et méthode d’évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est d’exposer les fondements théoriques et méthodologiques de l’évaluation d’un test diagnostique, nommé test compagnon, permettant de sélectionner par l’identification d’un marqueur prédictif les patients seuls susceptibles de recevoir un bénéfice d’une thérapie dite ciblée.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/04/2014 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ICESEED 1.5 90° ET ICESEED 1.5 MRI 90°</t>
+  </si>
+  <si>
+    <t>26/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2024 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508904/fr/iceseed-1-5-90-et-iceseed-1-5-mri-90</t>
+  </si>
+  <si>
+    <t>p_3508904</t>
+  </si>
+  <si>
+    <t>Aiguilles de cryoablation</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>ICESPHERE 1.5 CX 90°</t>
+  </si>
+  <si>
+    <t>23/04/2024 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508871/fr/icesphere-1-5-cx-90</t>
+  </si>
+  <si>
+    <t>p_3508871</t>
+  </si>
+  <si>
+    <t>ICEFORCE 2.1 CX 90°</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508877/fr/iceforce-2-1-cx-90</t>
+  </si>
+  <si>
+    <t>p_3508877</t>
+  </si>
+  <si>
+    <t>ICEROD 1.5 CX 90° ET ICEROD 1.5 MRI 90°</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508889/fr/icerod-1-5-cx-90-et-icerod-1-5-mri-90</t>
+  </si>
+  <si>
+    <t>p_3508889</t>
+  </si>
+  <si>
+    <t>ICEPEARL 2.1 CX 90°</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508895/fr/icepearl-2-1-cx-90</t>
+  </si>
+  <si>
+    <t>p_3508895</t>
+  </si>
+  <si>
+    <t>CONTINUUM+ CONNECT</t>
+  </si>
+  <si>
+    <t>05/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/09/2023 15:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459911/fr/continuum-connect</t>
+  </si>
+  <si>
+    <t>p_3459911</t>
+  </si>
+  <si>
+    <t>Solution de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>CONTINUUM PLUS SANTE</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES Y-90 RESIN MICROSPHERES (SIR-SPHERES)</t>
+  </si>
+  <si>
+    <t>24/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>30/05/2022 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341504/fr/sir-spheres-y-90-resin-microspheres-sir-spheres</t>
+  </si>
+  <si>
+    <t>p_3341504</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium 90</t>
+  </si>
+  <si>
+    <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>TYRX</t>
+  </si>
+  <si>
+    <t>01/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2020 17:34:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212152/fr/tyrx</t>
+  </si>
+  <si>
+    <t>p_3212152</t>
+  </si>
+  <si>
+    <t>Enveloppe antibactérienne résorbable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence du dépistage du cancer du poumon (cancer broncho-pulmonaire, cancer bronchopulmonaire, cancer bronchique) chez des individus fumeurs (fortement exposés au tabac) par scanner thoracique – (imagerie radiologique tomodensitométrique du thorax, tomodensitométrie du thorax).</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2016 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
+  </si>
+  <si>
+    <t>c_2001613</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2024559</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Achondroplasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
+  </si>
+  <si>
+    <t>p_3602116</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Paraparésies spastiques héréditaires pures</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSH pure. Il a été élaboré par le Centre de référence Neurogénétique et maladies génétiques rares du système nerveux à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542903/fr/paraparesies-spastiques-hereditaires-pures</t>
+  </si>
+  <si>
+    <t>p_3542903</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Syndrome de Townes – Brocks</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Townes-Brocks. Il a été élaboré par les Centres de Référence Maladies Rares Surdités Génétiques et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493442/fr/syndrome-de-townes-brocks</t>
+  </si>
+  <si>
+    <t>p_3493442</t>
+  </si>
+  <si>
+    <t>Syndrome de BLOOM</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Bloom. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France, Filière AnDDI-Rares, le Centre de référence des Aplasies médullaires acquises et constitutionnelles, Filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385096/fr/syndrome-de-bloom</t>
+  </si>
+  <si>
+    <t>p_3385096</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Hypertrophique (CMH)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cardiomyopathie hypertrophique (CMH). Il a été élaboré par le Centre de référence des cardiomyopathies et des troubles du rythme cardiaque héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100272/fr/cardiomyopathie-hypertrophique-cmh</t>
+  </si>
+  <si>
+    <t>c_1100272</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Syndrome DYRK1A</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome DYRK1A. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs des interrégions Sud, Ouest et Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290097/fr/syndrome-dyrk1a</t>
+  </si>
+  <si>
+    <t>p_3290097</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Albinisme</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'albinisme oculo-cutané. Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2019 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112485/fr/albinisme</t>
+  </si>
+  <si>
+    <t>p_3112485</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_881776</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Cancer du poumon et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>24/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_820058/fr/ald-n-30-cancer-du-poumon-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_820058</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont de définir le syndrome d’épuisement professionnel ou burnout, d’améliorer son repérage et sa prise en charge, ainsi que l’accompagnement des patients lors de leur retour au travail. Ces recommandations se limitent au volet clinique du thème : l’action sur le milieu et l’organisation du travail est exclue du champ de ces recommandations. Elle est néanmoins indispensable dans une démarche de prévention du burnout.</t>
+  </si>
+  <si>
+    <t>22/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2017 07:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769318/fr/reperage-et-prise-en-charge-cliniques-du-syndrome-d-epuisement-professionnel-ou-burnout</t>
+  </si>
+  <si>
+    <t>c_2769318</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes sur ADN tumoral circulant dans la prise en charge thérapeutique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit (SHD) ciblé ; ADN tumoral circulant ; panel de gènes ; biopsie liquide ; génétique ; cancer du poumon ; CBNPC ; altérations moléculaires ; EGFR ; KRAS ; BRAF ; RET ; ALK ; ROS1</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
-    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales - Actualisation d'avril 2025</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (ou NGS ou SHD) ; panel de gènes ; génétique ; tumeur stromale gastro-intestinale ; GIST ; sarcome ; sarcome des tissus mous ; maladie rare ; cancer ; appareil digestif ; tissu conjonctif ; altérations moléculaires ; KIT ; PDGFRA ; NTRK</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
-    <t>Next generation sequencing gene panel for medical lung cancer care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon - Recherche des altérations moléculaires somatiques</t>
+  </si>
+  <si>
+    <t>Évaluation de la composition d’un panel de gènes (recherche d’altération génique par séquençage haut débit ciblé ou NGS ou SHD) remboursable en génétique somatique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>23/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon-recherche-des-alterations-moleculaires-somatiques</t>
   </si>
   <si>
     <t>p_3535386</t>
   </si>
   <si>
-    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation de la composition d’un panel de gènes (recherche d’altération génique par séquençage haut débit ciblé ou NGS ou SHD) remboursable en génétique somatique des cancers pour la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3536003</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Détection d’altérations du gène RET par la technique de séquençage nouvelle génération (NGS) : cancer bronchique non à petites cellules et cancer médullaire de la thyroïde</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’opportunité d'inscrire, sur la liste des actes et prestations (LAP) en vue de sa prise en charge par l’Assurance maladie, l’acte de détection des altérations du gène RET par technique de séquençage nouvelle génération (NGS) dans le cancer bronchique non à petites cellules et le cancer médullaire de la thyroïde. Les conditions de réalisation et la population cible de cet acte ont également été évaluées.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2022 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356304/fr/detection-d-alterations-du-gene-ret-par-la-technique-de-sequencage-nouvelle-generation-ngs-cancer-bronchique-non-a-petites-cellules-et-cancer-medullaire-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>p_3356304</t>
+  </si>
+  <si>
+    <t>Définition des conditions de réalisation des tests de détection des mutations activatrices de l’EGFR et des mutations BRAF, NRAS, et KRAS</t>
+  </si>
+  <si>
+    <t>L'évaluation de la HAS vise à préciser la population cible et les conditions de réalisation des quatre tests de détection des mutations activatrices du gène codant pour le domaine tyrosine kinase du récepteur EGFR (EGFR-TK) et des mutations des gènes BRAF, NRAS, et KRAS, en vue de permettre leur hiérarchisation et la mise en œuvre de la procédure de leur inscription sur la liste des actes et prestations.</t>
+  </si>
+  <si>
+    <t>09/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 09:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194755/fr/definition-des-conditions-de-realisation-des-tests-de-detection-des-mutations-activatrices-de-l-egfr-et-des-mutations-braf-nras-et-kras</t>
+  </si>
+  <si>
+    <t>p_3194755</t>
+  </si>
+  <si>
+    <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
+  </si>
+  <si>
+    <t>L’analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») est une technique de cytogénétique moléculaire qui permet de détecter des variations quantitatives du génome (pertes ou gains de matériel chromosomique) avec une résolution très supérieure à celle du caryotype conventionnel. Objectif de l'évaluation : déterminer à quelles fins l’ACPA est utilisée en pratique courante en cancérologie et la place de l’ACPA au regard des techniques plus classiquement utilisées dans ces situations cliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2019 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066998/fr/evaluation-de-l-analyse-chromosomique-sur-puce-a-adn-acpa-en-cancerologie</t>
+  </si>
+  <si>
+    <t>p_3066998</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Assessment of BCR-ABL fusion gene testing or quantification using RT-PCR in the diagnosis and therapeutic follow-up of chronic myeloid leukaemias and acute lymphoblastic leukaemias - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
+    <t>Évaluation de l’acte de recherche ou de quantification du gène de fusion BCR-ABL par RT-PCR dans le diagnostic et le suivi thérapeutique des leucémies myéloïdes chroniques et des leucémies lymphoblastiques aiguës</t>
+  </si>
+  <si>
+    <t>Le gène de fusion BCR-ABL est présent dans l’ensemble des leucémies myéloïdes chroniques et dans certains cas de leucémies aiguës lymphoblastiques. Il est donc systématiquement recherché devant toute suspicion de ce type de leucémie.Ce gène est mis en évidence par cytogénétique (caryotype), cytogénétique moléculaire (FISH), ou par RT-PCR. Le transcrit de fusion BCR-ABL peut également être quantifié par une PCR quantitative (RT-QPCR). La HAS s’est autosaisie afin d’évaluer la pertinence de la recherche ou quantification des transcrits de ce gène par RT-PCR.</t>
+  </si>
+  <si>
+    <t>08/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/11/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
+  </si>
+  <si>
+    <t>c_1148855</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEDiag du 15 juillet 2025</t>
+  </si>
+  <si>
+    <t>24/11/2025 17:19:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745735/fr/cediag-du-15-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3745735</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594876/fr/college-deliberatif-du-6-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3594876</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 juillet 2025</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638332/fr/college-deliberatif-du-24-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3638332</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 28 novembre 2024</t>
+  </si>
+  <si>
+    <t>17/12/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573260/fr/college-deliberatif-du-28-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3573260</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 avril 2025</t>
+  </si>
+  <si>
+    <t>08/04/2025 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601119/fr/ceesp-reunion-du-8-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3601119</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 28 novembre 2024</t>
+  </si>
+  <si>
+    <t>21/02/2025 10:56:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588583/fr/pv-college-deliberatif-du-28-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3588583</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
+  </si>
+  <si>
+    <t>04/12/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3565815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2024</t>
+  </si>
+  <si>
+    <t>16/10/2024 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3548979/fr/commission-de-la-transparence-reunion-du-23-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3548979</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 11 juillet 2024</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530157/fr/pv-college-deliberatif-du-11-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3530157</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2024</t>
+  </si>
+  <si>
+    <t>19/06/2024 13:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525360/fr/commission-de-la-transparence-reunion-du-26-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3525360</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 mai 2024</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518676/fr/college-deliberatif-du-23-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3518676</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 juillet 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494745/fr/college-deliberatif-du-21-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3494745</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29  septembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494782/fr/college-deliberatif-du-29-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494782</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 novembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494825/fr/college-deliberatif-du-24-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494825</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 19 janvier 2023</t>
+  </si>
+  <si>
+    <t>17/04/2023 11:00:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427998/fr/college-deliberatif-du-19-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3427998</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 14 février 2023</t>
+  </si>
+  <si>
+    <t>08/02/2023 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411480/fr/ceesp-reunion-du-14-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3411480</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 Novembre 2022</t>
+  </si>
+  <si>
+    <t>14/11/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385164/fr/commission-de-la-transparence-reunion-du-16-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3385164</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 01 Juin 2022</t>
+  </si>
+  <si>
+    <t>01/06/2022 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342243/fr/commission-de-la-transparence-reunion-du-01-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3342243</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 14 avril 2022</t>
+  </si>
+  <si>
+    <t>14/04/2022 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332391/fr/college-deliberatif-du-14-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3332391</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 6 avril 2022</t>
+  </si>
+  <si>
+    <t>29/03/2022 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326987/fr/commission-de-la-transparence-reunion-du-6-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3326987</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 30 mars 2022</t>
+  </si>
+  <si>
+    <t>22/03/2022 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325509/fr/commission-de-la-transparence-reunion-du-30-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3325509</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 16 février 2022</t>
+  </si>
+  <si>
+    <t>08/02/2022 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3315369</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 30 juin 2021</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273727/fr/commission-de-la-transparence-reunion-a-distance-du-30-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3273727</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 juin 2021</t>
+  </si>
+  <si>
+    <t>08/06/2021 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270915/fr/ceesp-reunion-du-8-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3270915</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 mars 2021</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239235/fr/commission-de-la-transparence-reunion-a-distance-du-3-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3239235</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 janvier 2021</t>
+  </si>
+  <si>
+    <t>15/01/2021 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231722/fr/college-deliberatif-du-21-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3231722</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 juillet 2020</t>
+  </si>
+  <si>
+    <t>16/07/2020 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194246/fr/commission-de-la-transparence-reunion-a-distance-du-22-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3194246</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 juin 2020</t>
+  </si>
+  <si>
+    <t>12/06/2020 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189523/fr/ceesp-reunion-du-16-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3189523</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 décembre 2019</t>
+  </si>
+  <si>
+    <t>04/12/2019 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3123707/fr/commission-de-la-transparence-reunion-du-11-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3123707</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2019</t>
+  </si>
+  <si>
+    <t>30/10/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115995/fr/commission-de-la-transparence-reunion-du-6-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3115995</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 17 avril 2019</t>
+  </si>
+  <si>
+    <t>24/07/2019 15:57:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913461/fr/college-deliberatif-du-17-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2913461</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 novembre 2018</t>
+  </si>
+  <si>
+    <t>05/11/2018 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881581/fr/college-deliberatif-du-7-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2881581</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>17/01/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820787/fr/commission-de-la-transparence-reunion-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820787</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 novembre 2017</t>
+  </si>
+  <si>
+    <t>17/11/2017 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806182/fr/college-deliberatif-du-22-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2806182</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 8 novembre 2017</t>
+  </si>
+  <si>
+    <t>02/11/2017 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802809/fr/college-deliberatif-du-8-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2802809</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 octobre 2017</t>
+  </si>
+  <si>
+    <t>04/10/2017 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796750/fr/commission-de-la-transparence-reunion-du-11-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2796750</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 septembre 2017</t>
+  </si>
+  <si>
+    <t>06/09/2017 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792126/fr/commission-de-la-transparence-reunion-du-13-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2792126</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>16/06/2017 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774541/fr/college-deliberatif-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2774541</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 novembre 2016</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746109/fr/ceesp-reunion-du-8-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2746109</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2016</t>
+  </si>
+  <si>
+    <t>07/12/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729110/fr/commission-de-la-transparence-reunion-du-14-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2729110</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>14/09/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666766</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 septembre 2016</t>
+  </si>
+  <si>
+    <t>02/09/2016 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657539/fr/college-deliberatif-du-7-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2657539</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 27 janvier 2016</t>
+  </si>
+  <si>
+    <t>08/06/2016 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589867/fr/college-deliberatif-du-27-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2589867</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2015</t>
+  </si>
+  <si>
+    <t>10/02/2015 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011888/fr/commission-de-la-transparence-reunion-du-18-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2011888</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 novembre 2014</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774828/fr/commission-de-la-transparence-reunion-du-19-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1774828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 octobre 2014</t>
+  </si>
+  <si>
+    <t>20/10/2014 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769248/fr/commission-de-la-transparence-reunion-du-22-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1769248</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2013</t>
+  </si>
+  <si>
+    <t>06/11/2013 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646886/fr/commission-de-la-transparence-reunion-du-18-septembre-2013</t>
+  </si>
+  <si>
+    <t>c_1646886</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 janvier 2012</t>
+  </si>
+  <si>
+    <t>18/01/2012 13:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190504/fr/commission-de-la-transparence-reunion-du-18-janvier-2012</t>
+  </si>
+  <si>
+    <t>c_1190504</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 octobre 2010</t>
+  </si>
+  <si>
+    <t>20/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993081/fr/commission-de-la-transparence-reunion-du-20-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_993081</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2007</t>
+  </si>
+  <si>
+    <t>06/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616099/fr/commission-de-la-transparence-reunion-du-6-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616099</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2026.0010/DC/SEM du 22 janvier 2026 du collège de la Haute Autorité de santé portant modification et renouvellement d’accès précoce de la spécialité OGSIVEO (nirogacestat)</t>
+  </si>
+  <si>
+    <t>Autorisation d'accès précoce renouvelée à la spécialité OGSIVEO (nirogacestat) dans l'indication « Traitement des patients adultes présentant des tumeurs desmoïdes (TD) en progression après au moins une ligne de traitement antérieure incluant les inhibiteurs de la tyrosine kinase (ITK) ».</t>
+  </si>
+  <si>
+    <t>22/01/2026 09:39:00</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840723/fr/decision-n-2026-0010/dc/sem-du-22-janvier-2026-du-college-de-la-haute-autorite-de-sante-portant-modification-et-renouvellement-d-acces-precoce-de-la-specialite-ogsiveo-nirogacestat</t>
+  </si>
+  <si>
+    <t>p_3840723</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0049/AC/SEAP du 16 octobre 2025 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes sur ADN tumoral circulant dans la prise en charge thérapeutique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>16/10/2025 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701097/fr/avis-n2025-0049/ac/seap-du-16-octobre-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>p_3701097</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0194/DC/SEM du 24 juillet 2025 du collège de la Haute Autorité de santé portant renouvellement de l'autorisation d’accès précoce de la spécialité RYBREVANT (amivantamab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce renouvelée à la spécialité RYBREVANT dans l’indication « en association au carboplatine et au pémétrexed, dans le traitement des patients adultes atteints d’un cancer bronchique non à petites cellules (CBNPC) avancé avec mutations du récepteur du facteur de croissance épidermique (EGFR) par délétion dans l’exon 19 ou substitution L858R dans l’exon 21, en échec d'un précédent traitement comprenant un inhibiteur de la tyrosine kinase (ITK) de l'EGFR de troisième génération ».</t>
+  </si>
+  <si>
+    <t>24/07/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>04/08/2025 12:26:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639763/fr/decision-n2024-0194/dc/sem-du-24-juillet-2025-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-rybrevant-amivantamab</t>
+  </si>
+  <si>
+    <t>p_3639763</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0186/DC/SEM du 17 juillet 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités REZUROCK (bélumosudil)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité REZUROCK (bélumosudil) dans l'indication « Traitement des patients âgés de 12 ans et plus atteints d’une maladie du greffon contre l’hôte chronique (GvHD chronique) après l’échec d’au moins deux lignes antérieures de traitement systémique ».</t>
+  </si>
+  <si>
+    <t>17/07/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638324/fr/decision-n2025-0186/dc/sem-du-17-juillet-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-des-specialites-rezurock-belumosudil</t>
+  </si>
+  <si>
+    <t>p_3638324</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0366/DC/SEM du 19 décembre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité OGSIVEO (nirogacestat)</t>
+  </si>
+  <si>
+    <t>Autorisation d'accès précoce octroyée à la spécialité OGSIVEO (nirogacestat) dans l'indication « Traitement des patients adultes présentant des tumeurs desmoïdes (TD) en progression après au moins une ligne de traitement antérieure incluant les inhibiteurs de la tyrosine kinase (ITK) ».</t>
+  </si>
+  <si>
+    <t>19/12/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>07/01/2025 17:18:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576535/fr/decision-n-2024-0366/dc/sem-du-19-decembre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ogsiveo-nirogacestat</t>
+  </si>
+  <si>
+    <t>p_3576535</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0036/AC/SEAP du 23 mai 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0036/AC/SEAP du 23 mai 2024 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:09:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536008/fr/avis-n2024-0036/ac/seap-du-23-mai-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>p_3536008</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0186/DC/SEM du 11 juillet 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité RYBREVANT (amivantamab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité RYBREVANT dans l’indication « en association au carboplatine et au pémétrexed, dans le traitement des patients adultes atteints d’un cancer bronchique non à petites cellules (CBNPC) avancé avec mutations du récepteur du facteur de croissance épidermique (EGFR) par délétion dans l’exon 19 ou substitution L858R dans l’exon 21, en échec d'un précédent traitement comprenant un inhibiteur de la tyrosine kinase (ITK) de l'EGFR de troisième génération ».</t>
+  </si>
+  <si>
+    <t>11/07/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>25/07/2024 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534599/fr/decision-n2024-0186/dc/sem-du-11-juillet-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-rybrevant-amivantamab</t>
+  </si>
+  <si>
+    <t>p_3534599</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0153/DC/SEM du 6 avril 2023 du collège de la Haute Autorité de santé portant renouvellement de l’autorisation d’accès précoce de la spécialité SCEMBLIX</t>
+  </si>
+  <si>
+    <t>06/04/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 08:47:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427553/fr/decision-n2023-0153/dc/sem-du-6-avril-2023-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-scemblix</t>
+  </si>
+  <si>
+    <t>p_3427553</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0021/DC/SEM du 19 janvier 2023 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité SCEMBLIX</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité SCEMBLIX (asciminib) dans l'indication « traitement des patients adultes atteints de leucémie myéloïde chronique chromosome Philadelphie positive en phase chronique (LMC-PC Ph+) avec une mutation T315I, en rechute, réfractaires ou intolérants au ponatinib ou pour qui le traitement par ponatinib est contre-indiqué ».</t>
+  </si>
+  <si>
+    <t>19/01/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>24/01/2023 09:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407467/fr/decision-n2023-0021/dc/sem-du-19-janvier-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-scemblix</t>
+  </si>
+  <si>
+    <t>p_3407467</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0444/DC/SEM du 24 novembre 2022 du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité SCEMBLIX</t>
+  </si>
+  <si>
+    <t>Continuité d'Autorisation d’accès précoce octroyée à la spécialité SCEMBLIX (asciminib).</t>
+  </si>
+  <si>
+    <t>24/11/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>01/12/2022 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391366/fr/decision-n2022-0444/dc/sem-du-24-novembre-2022-du-college-de-la-haute-autorite-de-sante-portant-modification-de-l-autorisation-d-acces-precoce-de-la-specialite-scemblix</t>
+  </si>
+  <si>
+    <t>p_3391366</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0335/DC/SEM du 29 septembre 2022 du collège de la Haute Autorité de santé constatant l’impact significatif du produit SCEMBLIX (asciminib) sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 29 septembre 2022 a constaté l'impact significatif du produit SCEMBLIX (asciminib) sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « patients adultes atteints d’une leucémie myéloïde chronique (LMC) chromosome Philadelphie positive en phasechronique (LMC-PC Ph+) précédemment traités par au moins deux inhibiteurs de tyrosine kinase ».</t>
+  </si>
+  <si>
+    <t>29/09/2022 13:06:00</t>
+  </si>
+  <si>
+    <t>04/10/2022 17:54:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374469/fr/decision-n-2022-0335/dc/sem-du-29-septembre-2022-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-scemblix-asciminib-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3374469</t>
+  </si>
+  <si>
+    <t>Avis n°2022.0045/AC/SEAP du 21 juillet 2022 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de l’acte de détection d’altérations du gène RET par la technique de séquençage nouvelle génération (NGS) dans le cancer bronchique non à petites cellules et le cancer médullaire de la thyroïde</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection d’altérations du gène RET par la technique de séquençage nouvelle génération (NGS) dans le cancer bronchique non à petites cellules et le cancer médullaire de la thyroïde</t>
+  </si>
+  <si>
+    <t>21/07/2022 13:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356306/fr/avis-n2022-0045/ac/seap-du-21-juillet-2022-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-de-detection-d-alterations-du-gene-ret-par-la-technique-de-sequencage-nouvelle-generation-ngs-dans-le-cancer-bronchique-non-a-petites-cellules-et-le-cancer-medullaire-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>p_3356306</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0017/DC/SEESP du 21 janvier 2021 du collège de la Haute Autorité de santé constatant l’impact significatif du produit TECARTUS sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 21 jannvier 2021 a constaté l'impact significatif du produit TECARTUS sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « Traitement des patients adultes atteints de lymphome à cellules du manteau (LCM) réfractaire ou en rechute après au moins deux lignes de traitement systémique dont un traitement par un inhibiteur de tyrosine kinase de Bruton (BTK) ». .</t>
+  </si>
+  <si>
+    <t>21/01/2021 10:40:00</t>
+  </si>
+  <si>
+    <t>02/06/2022 12:31:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235801/fr/decision-n-2021-0017/dc/seesp-du-21-janvier-2021-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-tecartus-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3235801</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0127/DC/SEM du 14 avril 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité SCEMBLIX</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité SCEMBLIX (asciminib).</t>
+  </si>
+  <si>
+    <t>14/04/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>22/04/2022 15:27:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333291/fr/decision-n-2022-0127/dc/sem-du-14-avril-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-scemblix</t>
+  </si>
+  <si>
+    <t>p_3333291</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0058/AC/SEAP du 4 août 2021 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du CSS, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2 (indications de prophylaxie post et pré-exposition à la COVID-19 – personnes immunodéprimées)</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a rendu une décision d’autorisation d’accès précoce de la spécialité RONAPREV (casirivimab/imdevimab) dans le cadre de traitements prophylactiques. Le recours à cette spécialité nécessite la réalisation préalable d’un test sérologique chez les patients candidats à ces traitements afin d’identifier les patients non répondeurs ou faiblement répondeurs à la vaccination. En conséquence, compte tenu de ces éléments, la Haute Autorité de santé est favorable à l’inscription de la détection des anticorps sériques dirigés contre le virus SARS-CoV-2 sur la liste des actes et prestations (service attendu suffisant et amélioration du service attendu de niveau V) dans les indications susmentionnées.</t>
+  </si>
+  <si>
+    <t>04/08/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>08/08/2021 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282209/fr/avis-n-2021-0058/ac/seap-du-4-aout-2021-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2-indications-de-prophylaxie-post-et-pre-exposition-a-la-covid-19-personnes-immunodeprimees</t>
+  </si>
+  <si>
+    <t>p_3282209</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 21 jannvier 2021 a constaté l'impact significatif du produit TECARTUS sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « Traitement des patients adultes atteints de lymphome à cellules du manteau (LCM) réfractaire ou en rechute après au moins deux lignes de traitement systémique dont un traitement par un inhibiteur de tyrosine kinase de Bruton (BTK) ».</t>
+  </si>
+  <si>
+    <t>19/03/2021 15:53:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238955/fr/decision-n-2021-0017/dc/seesp-du-21-janvier-2021-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-tecartus-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3238955</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0022/AC/SEM du 17 avril 2019 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité LORVIQUA (lorlatinib)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité LORVIQUA (lorlatinib), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes : « Cancer bronchique non à petites cellules métastatique ALK positif dont la tumeur a progressé sous alectinib ou céritinib. et Cancer bronchique non à petites cellules avancé ALK positif dont la tumeur a progressé sous alectinib ou ceritinib.» Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>17/04/2019 14:53:00</t>
+  </si>
+  <si>
+    <t>11/06/2019 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973733/fr/avis-n-2019-0022/ac/sem-du-17-avril-2019-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-lorviqua-lorlatinib</t>
+  </si>
+  <si>
+    <t>c_2973733</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0047/AC/SEM du 7 novembre 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité KYMRIAH (tisagenlecleucel)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité KYMRIAH (tisagenlecleucel), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation correspond au « Traitement de la leucémie aigüe lymphoblastique (LAL) à cellules B chez les patients :# * réfractaires après une ligne de traitement, * en rechute après greffe, si réalisée lors de la 1ère ligne de traitement ».# Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>07/11/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>27/11/2018 16:56:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886498/fr/avis-n-2018-0047/ac/sem-du-7-novembre-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-kymriah-tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>c_2886498</t>
+  </si>
+  <si>
+    <t>Avis n°2017.0096/AC/SEM du 22 novembre 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité RYDAPT (midostaurine)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité RYDAPT (midostaurine), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont :# « Les patients adultes atteints de la mastocytose systémique agressive (MSA), de la mastocytose systémique associée à une hémopathie maligne non mastocytaire (MS-AHM) ou de la leucémie à mastocytes (LM) et nouvellement diagnostiqués.»# Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>22/11/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>30/11/2017 16:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808757/fr/avis-n2017-0096/ac/sem-du-22-novembre-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-rydapt-midostaurine</t>
+  </si>
+  <si>
+    <t>c_2808757</t>
+  </si>
+  <si>
+    <t>Avis n°2017.0089/AC/SEAP du 8 novembre 2017 du collège de la HAS relatif à la modification de la LAP mentionnée à l’article L. 162-1-7 du CSS portant sur l’inscription de l’acte de recherche ou de quantification par RT-PCR du gène de fusion BCR-ABL</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale portant sur l’inscription de l’acte de recherche ou de quantification par RT-PCR du gène de fusion BCR-ABL. L’argumentaire sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir+ »</t>
+  </si>
+  <si>
+    <t>08/11/2017 10:28:00</t>
+  </si>
+  <si>
+    <t>13/11/2017 11:12:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803848/fr/avis-n2017-0089/ac/seap-du-8-novembre-2017-du-college-de-la-has-relatif-a-la-modification-de-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-portant-sur-l-inscription-de-l-acte-de-recherche-ou-de-quantification-par-rt-pcr-du-gene-de-fusion-bcr-abl</t>
+  </si>
+  <si>
+    <t>c_2803848</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0063/AC/SEM du 21 juin 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité BESPONSA (inotozumab ozogamicin)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité BESPONSA (inotozumab ozogamicin), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation correspond au « traitement de la leucémie aiguë lymphoblastique (LAL) à précurseur B, CD22+, chez l’adulte en rechute ou réfractaire et inéligible à une allogreffe de cellules souches. » Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>21/06/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>18/07/2017 16:22:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786147/fr/avis-n-2017-0063/ac/sem-du-21-juin-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-besponsa-inotozumab-ozogamicin</t>
+  </si>
+  <si>
+    <t>c_2786147</t>
+  </si>
+  <si>
+    <t>Avis n°2016.0057/AC/SEM du 7 septembre 2016 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale des spécialités CABOMETYX (cabozantinib)</t>
+  </si>
+  <si>
+    <t>L’indication de l’autorisation de mise sur le marché des spécialités CABOMETYX 20 mg, 40 mg et 60 mg (cabozantinib) qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte est le traitement de 2ème ligne du carcinome à cellules rénales (CCR) au stade avancé. Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>07/09/2016 16:05:00</t>
+  </si>
+  <si>
+    <t>27/09/2016 17:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671343/fr/avis-n2016-0057/ac/sem-du-7-septembre-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-des-specialites-cabometyx-cabozantinib</t>
+  </si>
+  <si>
+    <t>c_2671343</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0062/DC/SEM du 23 mars 2016 du collège de la Haute Autorité de santé portant sur la recommandation relative à la prise en charge à titre dérogatoire de XALKORI (crizotinib) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 17 mars 2017 -</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * le fait que le cancer du poumon, est en France, le 2ème cancer le plus fréquent chez l’homme et le 3ème chez la femme, ainsi que la 1ère cause de décès chez l’homme entre 45 et 64 ans et la 1ère cause de mortalité par cancer toutes populations confondues et qu’on ne dispose à ce jour d’aucune thérapeutique appropriée ; * l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec un réarrangement ROS 1 ; * le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patients ; le Collège de la HAS considère que les spécialités XALKORI 200 et 250 mg (crizotinib) peuvent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement du cancer du poumon non à petites cellules localement avancé ou métastatique avec réarrangement de ROS1 chez des patients en situation d’impasse thérapeutique » si le prescripteur estime qu’elles sont indispensables pour le traitement de ces patients. # *RTU abrogée le 17 mars 2017 par l'ANSM. La fin de cette RTU fait suite à la modification du 25 août 2016, par la Commission Européenne, de l’autorisation de mise sur le marché (AMM) de Xalkori , dans l’indication : «traitement des patients adultes ayant un cancer du poumon non à petites cellules (CPNPC) ROS1 (Proto-Oncogene 1, Receptor Tyrosine Kinase)-positif et avancé».*</t>
+  </si>
+  <si>
+    <t>23/03/2016 09:33:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620178/fr/decision-n2016-0062/dc/sem-du-23-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-xalkori-crizotinib-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-17-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2620178</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0016/AC/SEM du 27 janvier 2016 du Collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité TAGRISSO (osimertinib) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans les indications validées par le CHMP qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation, il existe des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>27/01/2016 10:19:00</t>
+  </si>
+  <si>
+    <t>11/02/2016 14:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608095/fr/avis-n-2016-0016/ac/sem-du-27-janvier-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-tagrisso-osimertinib-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2608095</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0046/AC/SEM du 3 juin 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité LENVIMA 4 et 10 mg (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>L’indication validée par le CHMP mais non comprise dans les indications définies dans l’ATU de cohorte est la suivante : traitement des patients ayant un cancer de la thyroïde différencié, en progression, réfractaire à l’iode radioactif et non traité par inhibiteur de tyrosine kinase (1ère ligne de traitement). Dans cette indication, la HAS n’a pas identifié d’alternative thérapeutique prise en charge, à ce jour, par les régimes obligatoires de la sécurité sociale. Elle a cependant identifié une alternative, actuellement en cours d’évaluation par la Commission de la transparence, la spécialité NEXAVAR (sorafénib). Le présent avis sera publié au Bulletin officiel de la HAS.</t>
+  </si>
+  <si>
+    <t>03/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>15/06/2015 18:10:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038923/fr/avis-n-2015-0046/ac/sem-du-3-juin-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-lenvima-4-et-10-mg-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2038923</t>
+  </si>
+  <si>
+    <t>Avis n°2014.0117/AC/SEAP du 17 décembre 2014 du collège de la HAS relatif au « Test de détection des mutations activatrices du domaine tyrosine kinase du récepteur EGFR dans le cancer du poumon »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif au « Test de détection des mutations activatrices du domaine tyrosine kinase du récepteur EGFR dans le cancer du poumon »</t>
+  </si>
+  <si>
+    <t>17/12/2014 11:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2015 12:03:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2005559/fr/avis-n2014-0117/ac/seap-du-17-decembre-2014-du-college-de-la-has-relatif-au-test-de-detection-des-mutations-activatrices-du-domaine-tyrosine-kinase-du-recepteur-egfr-dans-le-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>c_2005559</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KABIVEN - PERIKABIVEN (alanine/ acides aminés et électrolytes (Vamin 18 Novum)/ acide glutami...)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983377/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>pprd_2983377</t>
+  </si>
+  <si>
+    <t>alanine,acides aminés et électrolytes (Vamin 18 Novum),acide glutamique,arginine,aspartique (acide),calcium (chlorure de) dihydraté,émulsion lipidique (Intralipide 20%),glucose,glucose monohydraté,glycine,histidine,isoleucine,leucine,lysine (chlorhydrate de),magnésium (sulfate de) heptahydraté,méthionine,phénylalanine,potassium (chlorure de),proline,sérine,soja (huile de) raffinée,thréonine,tryptophane L,tyrosine,sodium (acétate de) trihydraté,sodium (glycerophosphate de),valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322227/fr/kabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829055/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322502/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523276/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398910/fr/perikabiven-900-kcal-emulsion-pour-perfusion-1440-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-4-perikabiven-1200-kcal-emulsion-pour-perfusion-1920-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2-perikabiven-1500-kcal-emulsion-pour-perfusion-2400-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
   </si>
   <si>
     <t>IASOglio (fluoroéthyl-L tyrosine (18F))</t>
   </si>
   <si>
-    <t>11/03/2016 16:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983995/en/iasoglio-fluoroethyl-l-tyrosine-18f</t>
+    <t>03/11/2016 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983995/fr/iasoglio-fluoroethyl-l-tyrosine-18f</t>
   </si>
   <si>
     <t>pprd_2983995</t>
   </si>
   <si>
     <t>fluoroéthyl-L tyrosine (18F)</t>
   </si>
   <si>
     <t>IASON GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2659628/en/iasoglio-fluoroethyl-l-tyrosine-18f-or-fet-radiopharmaceutical-for-diagnostic-use-for-the-detection-of-tumours</t>
+    <t>https://www.has-sante.fr/jcms/c_2659628/fr/iasoglio-fluoroethyl-l-thyrosine-18f-ou-fet-radiopharmaceutique-a-usage-diagnostique-pour-detection-de-tumeurs</t>
+  </si>
+  <si>
+    <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
+  </si>
+  <si>
+    <t>15/06/2015 17:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984519</t>
+  </si>
+  <si>
+    <t>arginine,phénylalanine,alanine,tryptophane L,sérine,aspartique (acide),glycine,leucine,tyrosine,lysine monohydratée,acétylcystéine,proline,acide glutamique,thréonine,valine,histidine,méthionine,isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038283/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>NP2 ENFANTS AP-HP (alanine/ arginine/ aspartique (acide)/ dihydrate lysine (chlorhydrate ...)</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985588/fr/np2-enfants-ap-hp-alanine/-arginine/-aspartique-acide-/-dihydrate-lysine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985588</t>
+  </si>
+  <si>
+    <t>alanine,arginine,aspartique (acide),dihydrate lysine (chlorhydrate de),glucose monohydrate glutamique (acide),glycine,hexahydrate cystéine (chlorhydrate de),histidine,hydrate magnésium (lactate de),isoleucine,leucine,magnésium (chlorure de),méthionine,phénylalanine,phosphate dipotassique calcium (gluconate de),potassium (chlorure de),proline,sodium (hydroxyde de),sodium (gluconate de),thréonine,tryptophane,tyrosine,serine,valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : la HAS partie prenante du programme national</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN), qui a débuté en France en 1972, est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves, d’origine génétique pour la plupart, et à mettre en œuvre, avant l’apparition de symptômes, les mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. Le dépistage à la naissance fait l’objet d’un programme national qui concerne tous les nouveau-nés qui naissent en France. Dans le cadre d’une recentralisation de ce programme national de dépistage néonatal, la HAS a des missions renforcées.</t>
+  </si>
+  <si>
+    <t>18/11/2021 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296719/fr/depistage-neonatal-la-has-partie-prenante-du-programme-national</t>
+  </si>
+  <si>
+    <t>p_3296719</t>
+  </si>
+  <si>
+    <t>Rapports d'activité 2024 des commissions et conseil de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS publie son rapport d'activité 2024 ainsi que ceux de ses commissions et conseil (CT, la CNEDiMTS, la CEESP, la CTV, la CSMS, la CEDiag, la CCES, la CRPPI et du CEU). Une année 2024 qui marque un temps fort pour notre institution : ses 20 ans d’existence. Deux décennies d’engagement au service de la qualité des soins et des accompagnements, pendant lesquelles la HAS a su adapter ses missions et ses méthodes pour répondre aux transformations du système de santé, tout en préservant sa double exigence de rigueur scientifique et d’indépendance.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349687/fr/rapports-d-activite-2024-des-commissions-et-conseil-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3349687</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -381,521 +2775,5114 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>817</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>819</v>
+      </c>
+      <c r="B2" t="s">
+        <v>820</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>821</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>822</v>
+      </c>
+      <c r="H2" t="s">
+        <v>823</v>
+      </c>
+      <c r="I2" t="s">
+        <v>824</v>
+      </c>
+      <c r="J2" t="s">
+        <v>825</v>
+      </c>
+      <c r="K2" t="s">
+        <v>826</v>
+      </c>
+      <c r="L2" t="s">
+        <v>827</v>
+      </c>
+      <c r="M2" t="s">
+        <v>828</v>
+      </c>
+      <c r="N2" t="s">
+        <v>829</v>
+      </c>
+      <c r="O2" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>819</v>
+      </c>
+      <c r="B3" t="s">
+        <v>831</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>832</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>833</v>
+      </c>
+      <c r="H3" t="s">
+        <v>834</v>
+      </c>
+      <c r="I3" t="s">
+        <v>835</v>
+      </c>
+      <c r="J3" t="s">
+        <v>825</v>
+      </c>
+      <c r="K3" t="s">
+        <v>836</v>
+      </c>
+      <c r="L3" t="s">
+        <v>837</v>
+      </c>
+      <c r="M3" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>819</v>
+      </c>
+      <c r="B4" t="s">
+        <v>839</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>840</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>841</v>
+      </c>
+      <c r="H4" t="s">
+        <v>842</v>
+      </c>
+      <c r="I4" t="s">
+        <v>843</v>
+      </c>
+      <c r="J4" t="s">
+        <v>844</v>
+      </c>
+      <c r="K4" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>819</v>
+      </c>
+      <c r="B5" t="s">
+        <v>846</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>847</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>848</v>
+      </c>
+      <c r="H5" t="s">
+        <v>849</v>
+      </c>
+      <c r="I5" t="s">
+        <v>850</v>
+      </c>
+      <c r="J5" t="s">
+        <v>851</v>
+      </c>
+      <c r="K5" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>819</v>
+      </c>
+      <c r="B6" t="s">
+        <v>853</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>854</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>855</v>
+      </c>
+      <c r="H6" t="s">
+        <v>856</v>
+      </c>
+      <c r="I6" t="s">
+        <v>857</v>
+      </c>
+      <c r="J6" t="s">
+        <v>858</v>
+      </c>
+      <c r="K6" t="s">
+        <v>859</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>860</v>
+      </c>
+      <c r="B2" t="s">
+        <v>861</v>
+      </c>
+      <c r="C2" t="s">
+        <v>862</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>863</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>864</v>
+      </c>
+      <c r="H2" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>860</v>
+      </c>
+      <c r="B3" t="s">
+        <v>866</v>
+      </c>
+      <c r="C3" t="s">
+        <v>867</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>868</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>869</v>
+      </c>
+      <c r="H3" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>860</v>
+      </c>
+      <c r="B4" t="s">
+        <v>871</v>
+      </c>
+      <c r="C4" t="s">
+        <v>872</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>873</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>874</v>
+      </c>
+      <c r="H4" t="s">
+        <v>875</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3" t="s">
+        <v>35</v>
+      </c>
+      <c r="I3" t="s">
+        <v>30</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I4" t="s">
+        <v>30</v>
+      </c>
+      <c r="J4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" t="s">
+        <v>30</v>
+      </c>
+      <c r="J6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" t="s">
+        <v>49</v>
+      </c>
+      <c r="I7" t="s">
+        <v>50</v>
+      </c>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" t="s">
+        <v>57</v>
+      </c>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" t="s">
+        <v>63</v>
+      </c>
+      <c r="I9" t="s">
+        <v>64</v>
+      </c>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>71</v>
+      </c>
+      <c r="H2" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D4" t="s">
+        <v>81</v>
+      </c>
+      <c r="E4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>83</v>
+      </c>
+      <c r="H4" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B5" t="s">
+        <v>85</v>
+      </c>
+      <c r="C5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D5" t="s">
+        <v>87</v>
+      </c>
+      <c r="E5" t="s">
+        <v>88</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>89</v>
+      </c>
+      <c r="H5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B6" t="s">
+        <v>91</v>
+      </c>
+      <c r="C6" t="s">
+        <v>92</v>
+      </c>
+      <c r="D6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>95</v>
+      </c>
+      <c r="H6" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>97</v>
+      </c>
+      <c r="C7" t="s">
+        <v>98</v>
+      </c>
+      <c r="D7" t="s">
+        <v>99</v>
+      </c>
+      <c r="E7" t="s">
+        <v>100</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>101</v>
+      </c>
+      <c r="H7" t="s">
+        <v>102</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H44"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>107</v>
+      </c>
+      <c r="H2" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>112</v>
+      </c>
+      <c r="H3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>103</v>
+      </c>
+      <c r="B4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>116</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>117</v>
+      </c>
+      <c r="H4" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B5" t="s">
+        <v>119</v>
+      </c>
+      <c r="C5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E5" t="s">
+        <v>122</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>123</v>
+      </c>
+      <c r="H5" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B6" t="s">
+        <v>125</v>
+      </c>
+      <c r="C6" t="s">
+        <v>126</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>128</v>
+      </c>
+      <c r="H6" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>103</v>
+      </c>
+      <c r="B7" t="s">
+        <v>130</v>
+      </c>
+      <c r="C7" t="s">
+        <v>131</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>132</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>133</v>
+      </c>
+      <c r="H7" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>103</v>
+      </c>
+      <c r="B8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C8" t="s">
+        <v>136</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>137</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>138</v>
+      </c>
+      <c r="H8" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>103</v>
+      </c>
+      <c r="B9" t="s">
+        <v>140</v>
+      </c>
+      <c r="C9" t="s">
+        <v>141</v>
+      </c>
+      <c r="D9" t="s">
+        <v>142</v>
+      </c>
+      <c r="E9" t="s">
+        <v>143</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>144</v>
+      </c>
+      <c r="H9" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>103</v>
+      </c>
+      <c r="B10" t="s">
+        <v>146</v>
+      </c>
+      <c r="C10" t="s">
+        <v>147</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>148</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>149</v>
+      </c>
+      <c r="H10" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>103</v>
+      </c>
+      <c r="B11" t="s">
+        <v>151</v>
+      </c>
+      <c r="C11" t="s">
+        <v>152</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>153</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>154</v>
+      </c>
+      <c r="H11" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>156</v>
+      </c>
+      <c r="C12" t="s">
+        <v>157</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>158</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>159</v>
+      </c>
+      <c r="H12" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>161</v>
+      </c>
+      <c r="C13" t="s">
+        <v>162</v>
+      </c>
+      <c r="D13" t="s">
+        <v>163</v>
+      </c>
+      <c r="E13" t="s">
+        <v>164</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>165</v>
+      </c>
+      <c r="H13" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>167</v>
+      </c>
+      <c r="C14" t="s">
+        <v>168</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>169</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>170</v>
+      </c>
+      <c r="H14" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>172</v>
+      </c>
+      <c r="C15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>169</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>174</v>
+      </c>
+      <c r="H15" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>176</v>
+      </c>
+      <c r="C16" t="s">
+        <v>177</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>178</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>179</v>
+      </c>
+      <c r="H16" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>103</v>
+      </c>
+      <c r="B17" t="s">
+        <v>181</v>
+      </c>
+      <c r="C17" t="s">
+        <v>182</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>178</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>183</v>
+      </c>
+      <c r="H17" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B18" t="s">
+        <v>185</v>
+      </c>
+      <c r="C18" t="s">
+        <v>186</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>187</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>188</v>
+      </c>
+      <c r="H18" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
+        <v>190</v>
+      </c>
+      <c r="C19" t="s">
+        <v>191</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>192</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>193</v>
+      </c>
+      <c r="H19" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>103</v>
+      </c>
+      <c r="B20" t="s">
+        <v>195</v>
+      </c>
+      <c r="C20" t="s">
+        <v>196</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>197</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>198</v>
+      </c>
+      <c r="H20" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>103</v>
+      </c>
+      <c r="B21" t="s">
+        <v>200</v>
+      </c>
+      <c r="C21" t="s">
+        <v>201</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>202</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>203</v>
+      </c>
+      <c r="H21" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>103</v>
+      </c>
+      <c r="B22" t="s">
+        <v>205</v>
+      </c>
+      <c r="C22" t="s">
+        <v>206</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>207</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>208</v>
+      </c>
+      <c r="H22" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" t="s">
+        <v>210</v>
+      </c>
+      <c r="C23" t="s">
+        <v>211</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>212</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>213</v>
+      </c>
+      <c r="H23" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" t="s">
+        <v>215</v>
+      </c>
+      <c r="C24" t="s">
+        <v>216</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>217</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>218</v>
+      </c>
+      <c r="H24" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" t="s">
+        <v>220</v>
+      </c>
+      <c r="C25" t="s">
+        <v>221</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>222</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>223</v>
+      </c>
+      <c r="H25" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B26" t="s">
+        <v>225</v>
+      </c>
+      <c r="C26" t="s">
+        <v>226</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>222</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>227</v>
+      </c>
+      <c r="H26" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" t="s">
+        <v>229</v>
+      </c>
+      <c r="C27" t="s">
+        <v>230</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>231</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>232</v>
+      </c>
+      <c r="H27" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>103</v>
+      </c>
+      <c r="B28" t="s">
+        <v>234</v>
+      </c>
+      <c r="C28" t="s">
+        <v>235</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>236</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>237</v>
+      </c>
+      <c r="H28" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>103</v>
+      </c>
+      <c r="B29" t="s">
+        <v>239</v>
+      </c>
+      <c r="C29" t="s">
+        <v>240</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>241</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>242</v>
+      </c>
+      <c r="H29" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>103</v>
+      </c>
+      <c r="B30" t="s">
+        <v>244</v>
+      </c>
+      <c r="C30" t="s">
+        <v>245</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>246</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>247</v>
+      </c>
+      <c r="H30" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>103</v>
+      </c>
+      <c r="B31" t="s">
+        <v>249</v>
+      </c>
+      <c r="C31" t="s">
+        <v>250</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>251</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>252</v>
+      </c>
+      <c r="H31" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>103</v>
+      </c>
+      <c r="B32" t="s">
+        <v>254</v>
+      </c>
+      <c r="C32" t="s">
+        <v>255</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>256</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>257</v>
+      </c>
+      <c r="H32" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>103</v>
+      </c>
+      <c r="B33" t="s">
+        <v>259</v>
+      </c>
+      <c r="C33" t="s">
+        <v>260</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>261</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>262</v>
+      </c>
+      <c r="H33" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>103</v>
+      </c>
+      <c r="B34" t="s">
+        <v>264</v>
+      </c>
+      <c r="C34" t="s">
+        <v>265</v>
+      </c>
+      <c r="D34" t="s">
+        <v>266</v>
+      </c>
+      <c r="E34" t="s">
+        <v>267</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>268</v>
+      </c>
+      <c r="H34" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>103</v>
+      </c>
+      <c r="B35" t="s">
+        <v>270</v>
+      </c>
+      <c r="C35" t="s">
+        <v>271</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>272</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>273</v>
+      </c>
+      <c r="H35" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>103</v>
+      </c>
+      <c r="B36" t="s">
+        <v>275</v>
+      </c>
+      <c r="C36" t="s">
+        <v>276</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>277</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>278</v>
+      </c>
+      <c r="H36" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>103</v>
+      </c>
+      <c r="B37" t="s">
+        <v>280</v>
+      </c>
+      <c r="C37" t="s">
+        <v>281</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>282</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>283</v>
+      </c>
+      <c r="H37" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>103</v>
+      </c>
+      <c r="B38" t="s">
+        <v>285</v>
+      </c>
+      <c r="C38" t="s">
+        <v>286</v>
+      </c>
+      <c r="D38" t="s">
+        <v>287</v>
+      </c>
+      <c r="E38" t="s">
+        <v>288</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>289</v>
+      </c>
+      <c r="H38" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>103</v>
+      </c>
+      <c r="B39" t="s">
+        <v>291</v>
+      </c>
+      <c r="C39" t="s">
+        <v>292</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>293</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>294</v>
+      </c>
+      <c r="H39" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>103</v>
+      </c>
+      <c r="B40" t="s">
+        <v>296</v>
+      </c>
+      <c r="C40" t="s">
+        <v>286</v>
+      </c>
+      <c r="D40" t="s">
+        <v>93</v>
+      </c>
+      <c r="E40" t="s">
+        <v>297</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>298</v>
+      </c>
+      <c r="H40" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>103</v>
+      </c>
+      <c r="B41" t="s">
+        <v>300</v>
+      </c>
+      <c r="C41" t="s">
+        <v>286</v>
+      </c>
+      <c r="D41" t="s">
+        <v>301</v>
+      </c>
+      <c r="E41" t="s">
+        <v>302</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>303</v>
+      </c>
+      <c r="H41" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>103</v>
+      </c>
+      <c r="B42" t="s">
+        <v>305</v>
+      </c>
+      <c r="C42" t="s">
+        <v>306</v>
+      </c>
+      <c r="D42" t="s">
+        <v>307</v>
+      </c>
+      <c r="E42" t="s">
+        <v>308</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>309</v>
+      </c>
+      <c r="H42" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>103</v>
+      </c>
+      <c r="B43" t="s">
+        <v>311</v>
+      </c>
+      <c r="C43" t="s">
+        <v>312</v>
+      </c>
+      <c r="D43" t="s">
+        <v>313</v>
+      </c>
+      <c r="E43" t="s">
+        <v>314</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>315</v>
+      </c>
+      <c r="H43" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>103</v>
+      </c>
+      <c r="B44" t="s">
+        <v>317</v>
+      </c>
+      <c r="C44" t="s">
+        <v>318</v>
+      </c>
+      <c r="D44" t="s">
+        <v>319</v>
+      </c>
+      <c r="E44" t="s">
+        <v>320</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>321</v>
+      </c>
+      <c r="H44" t="s">
+        <v>322</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>323</v>
+      </c>
+      <c r="B2" t="s">
+        <v>324</v>
+      </c>
+      <c r="C2" t="s">
+        <v>325</v>
+      </c>
+      <c r="D2" t="s">
+        <v>326</v>
+      </c>
+      <c r="E2" t="s">
+        <v>327</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>328</v>
+      </c>
+      <c r="H2" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C3" t="s">
+        <v>331</v>
+      </c>
+      <c r="D3" t="s">
+        <v>332</v>
+      </c>
+      <c r="E3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>334</v>
+      </c>
+      <c r="H3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>323</v>
+      </c>
+      <c r="B4" t="s">
+        <v>336</v>
+      </c>
+      <c r="C4" t="s">
+        <v>337</v>
+      </c>
+      <c r="D4" t="s">
+        <v>338</v>
+      </c>
+      <c r="E4" t="s">
+        <v>339</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>340</v>
+      </c>
+      <c r="H4" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>323</v>
+      </c>
+      <c r="B5" t="s">
+        <v>342</v>
+      </c>
+      <c r="C5" t="s">
+        <v>343</v>
+      </c>
+      <c r="D5" t="s">
+        <v>344</v>
+      </c>
+      <c r="E5" t="s">
+        <v>345</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>346</v>
+      </c>
+      <c r="H5" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>323</v>
+      </c>
+      <c r="B6" t="s">
+        <v>348</v>
+      </c>
+      <c r="C6" t="s">
+        <v>349</v>
+      </c>
+      <c r="D6" t="s">
+        <v>350</v>
+      </c>
+      <c r="E6" t="s">
+        <v>351</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>352</v>
+      </c>
+      <c r="H6" t="s">
+        <v>353</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>354</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>355</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>356</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>357</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>358</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>359</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>360</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>361</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>362</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>363</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>364</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>365</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>366</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C3" t="s">
+        <v>368</v>
+      </c>
+      <c r="D3" t="s">
+        <v>369</v>
+      </c>
+      <c r="E3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>371</v>
+      </c>
+      <c r="H3" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>360</v>
+      </c>
+      <c r="B4" t="s">
+        <v>373</v>
+      </c>
+      <c r="C4" t="s">
+        <v>374</v>
+      </c>
+      <c r="D4" t="s">
+        <v>375</v>
+      </c>
+      <c r="E4" t="s">
+        <v>376</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>377</v>
+      </c>
+      <c r="H4" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>360</v>
+      </c>
+      <c r="B5" t="s">
+        <v>379</v>
+      </c>
+      <c r="C5" t="s">
+        <v>380</v>
+      </c>
+      <c r="D5" t="s">
+        <v>381</v>
+      </c>
+      <c r="E5" t="s">
+        <v>382</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>383</v>
+      </c>
+      <c r="H5" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>360</v>
+      </c>
+      <c r="B6" t="s">
+        <v>385</v>
+      </c>
+      <c r="C6" t="s">
+        <v>386</v>
+      </c>
+      <c r="D6" t="s">
+        <v>381</v>
+      </c>
+      <c r="E6" t="s">
+        <v>382</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>387</v>
+      </c>
+      <c r="H6" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>360</v>
+      </c>
+      <c r="B7" t="s">
+        <v>389</v>
+      </c>
+      <c r="C7" t="s">
+        <v>390</v>
+      </c>
+      <c r="D7" t="s">
+        <v>391</v>
+      </c>
+      <c r="E7" t="s">
+        <v>392</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>393</v>
+      </c>
+      <c r="H7" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>360</v>
+      </c>
+      <c r="B8" t="s">
+        <v>395</v>
+      </c>
+      <c r="C8" t="s">
+        <v>396</v>
+      </c>
+      <c r="D8" t="s">
+        <v>397</v>
+      </c>
+      <c r="E8" t="s">
+        <v>398</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>399</v>
+      </c>
+      <c r="H8" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>360</v>
+      </c>
+      <c r="B9" t="s">
+        <v>401</v>
+      </c>
+      <c r="C9" t="s">
+        <v>402</v>
+      </c>
+      <c r="D9" t="s">
+        <v>403</v>
+      </c>
+      <c r="E9" t="s">
+        <v>404</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>405</v>
+      </c>
+      <c r="H9" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>360</v>
+      </c>
+      <c r="B10" t="s">
+        <v>407</v>
+      </c>
+      <c r="C10" t="s">
+        <v>408</v>
+      </c>
+      <c r="D10" t="s">
+        <v>409</v>
+      </c>
+      <c r="E10" t="s">
+        <v>410</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>411</v>
+      </c>
+      <c r="H10" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>360</v>
+      </c>
+      <c r="B11" t="s">
+        <v>413</v>
+      </c>
+      <c r="C11" t="s">
+        <v>414</v>
+      </c>
+      <c r="D11" t="s">
+        <v>415</v>
+      </c>
+      <c r="E11" t="s">
+        <v>416</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>417</v>
+      </c>
+      <c r="H11" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>360</v>
+      </c>
+      <c r="B12" t="s">
+        <v>419</v>
+      </c>
+      <c r="C12" t="s">
+        <v>420</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>421</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>422</v>
+      </c>
+      <c r="H12" t="s">
+        <v>423</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:I59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>424</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>425</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>426</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>427</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>428</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>429</v>
+      </c>
+      <c r="I2" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B3" t="s">
+        <v>431</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>432</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>433</v>
+      </c>
+      <c r="H3" t="s">
+        <v>434</v>
+      </c>
+      <c r="I3" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>425</v>
+      </c>
+      <c r="B4" t="s">
+        <v>436</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>437</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>438</v>
+      </c>
+      <c r="H4" t="s">
+        <v>439</v>
+      </c>
+      <c r="I4" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>425</v>
+      </c>
+      <c r="B5" t="s">
+        <v>440</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>441</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>442</v>
+      </c>
+      <c r="H5" t="s">
+        <v>443</v>
+      </c>
+      <c r="I5" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>425</v>
+      </c>
+      <c r="B6" t="s">
+        <v>444</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>445</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>446</v>
+      </c>
+      <c r="H6" t="s">
+        <v>447</v>
+      </c>
+      <c r="I6" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>425</v>
+      </c>
+      <c r="B7" t="s">
+        <v>448</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>449</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>450</v>
+      </c>
+      <c r="H7" t="s">
+        <v>451</v>
+      </c>
+      <c r="I7" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>425</v>
+      </c>
+      <c r="B8" t="s">
+        <v>452</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>453</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>454</v>
+      </c>
+      <c r="H8" t="s">
+        <v>455</v>
+      </c>
+      <c r="I8" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>425</v>
+      </c>
+      <c r="B9" t="s">
+        <v>456</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>457</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>458</v>
+      </c>
+      <c r="H9" t="s">
+        <v>459</v>
+      </c>
+      <c r="I9" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>425</v>
+      </c>
+      <c r="B10" t="s">
+        <v>460</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>461</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>462</v>
+      </c>
+      <c r="H10" t="s">
+        <v>463</v>
+      </c>
+      <c r="I10" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>425</v>
+      </c>
+      <c r="B11" t="s">
+        <v>464</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>465</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>466</v>
+      </c>
+      <c r="H11" t="s">
+        <v>467</v>
+      </c>
+      <c r="I11" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>425</v>
+      </c>
+      <c r="B12" t="s">
+        <v>468</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>469</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>470</v>
+      </c>
+      <c r="H12" t="s">
+        <v>471</v>
+      </c>
+      <c r="I12" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>425</v>
+      </c>
+      <c r="B13" t="s">
+        <v>472</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>473</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>474</v>
+      </c>
+      <c r="H13" t="s">
+        <v>475</v>
+      </c>
+      <c r="I13" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>425</v>
+      </c>
+      <c r="B14" t="s">
+        <v>476</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>477</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>478</v>
+      </c>
+      <c r="H14" t="s">
+        <v>479</v>
+      </c>
+      <c r="I14" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>425</v>
+      </c>
+      <c r="B15" t="s">
+        <v>480</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>477</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>481</v>
+      </c>
+      <c r="H15" t="s">
+        <v>482</v>
+      </c>
+      <c r="I15" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>425</v>
+      </c>
+      <c r="B16" t="s">
+        <v>483</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>477</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>484</v>
+      </c>
+      <c r="H16" t="s">
+        <v>485</v>
+      </c>
+      <c r="I16" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>425</v>
+      </c>
+      <c r="B17" t="s">
+        <v>486</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>487</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>488</v>
+      </c>
+      <c r="H17" t="s">
+        <v>489</v>
+      </c>
+      <c r="I17" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>425</v>
+      </c>
+      <c r="B18" t="s">
+        <v>490</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>491</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>492</v>
+      </c>
+      <c r="H18" t="s">
+        <v>493</v>
+      </c>
+      <c r="I18" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>425</v>
+      </c>
+      <c r="B19" t="s">
+        <v>494</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>495</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>496</v>
+      </c>
+      <c r="H19" t="s">
+        <v>497</v>
+      </c>
+      <c r="I19" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>425</v>
+      </c>
+      <c r="B20" t="s">
+        <v>498</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>499</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>500</v>
+      </c>
+      <c r="H20" t="s">
+        <v>501</v>
+      </c>
+      <c r="I20" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>425</v>
+      </c>
+      <c r="B21" t="s">
+        <v>502</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>503</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>504</v>
+      </c>
+      <c r="H21" t="s">
+        <v>505</v>
+      </c>
+      <c r="I21" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>425</v>
+      </c>
+      <c r="B22" t="s">
+        <v>506</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>507</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>508</v>
+      </c>
+      <c r="H22" t="s">
+        <v>509</v>
+      </c>
+      <c r="I22" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>425</v>
+      </c>
+      <c r="B23" t="s">
+        <v>510</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>511</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>512</v>
+      </c>
+      <c r="H23" t="s">
+        <v>513</v>
+      </c>
+      <c r="I23" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>425</v>
+      </c>
+      <c r="B24" t="s">
+        <v>514</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>515</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>516</v>
+      </c>
+      <c r="H24" t="s">
+        <v>517</v>
+      </c>
+      <c r="I24" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>425</v>
+      </c>
+      <c r="B25" t="s">
+        <v>518</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>519</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>520</v>
+      </c>
+      <c r="H25" t="s">
+        <v>521</v>
+      </c>
+      <c r="I25" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>425</v>
+      </c>
+      <c r="B26" t="s">
+        <v>522</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>523</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>524</v>
+      </c>
+      <c r="H26" t="s">
+        <v>525</v>
+      </c>
+      <c r="I26" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>425</v>
+      </c>
+      <c r="B27" t="s">
+        <v>526</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>527</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>528</v>
+      </c>
+      <c r="H27" t="s">
+        <v>529</v>
+      </c>
+      <c r="I27" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>425</v>
+      </c>
+      <c r="B28" t="s">
+        <v>530</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>531</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>532</v>
+      </c>
+      <c r="H28" t="s">
+        <v>533</v>
+      </c>
+      <c r="I28" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>425</v>
+      </c>
+      <c r="B29" t="s">
+        <v>534</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>535</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>536</v>
+      </c>
+      <c r="H29" t="s">
+        <v>537</v>
+      </c>
+      <c r="I29" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>425</v>
+      </c>
+      <c r="B30" t="s">
+        <v>538</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>539</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>540</v>
+      </c>
+      <c r="H30" t="s">
+        <v>541</v>
+      </c>
+      <c r="I30" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>425</v>
+      </c>
+      <c r="B31" t="s">
+        <v>542</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>543</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>544</v>
+      </c>
+      <c r="H31" t="s">
+        <v>545</v>
+      </c>
+      <c r="I31" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>425</v>
+      </c>
+      <c r="B32" t="s">
+        <v>546</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>547</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>548</v>
+      </c>
+      <c r="H32" t="s">
+        <v>549</v>
+      </c>
+      <c r="I32" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>425</v>
+      </c>
+      <c r="B33" t="s">
+        <v>550</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>551</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>552</v>
+      </c>
+      <c r="H33" t="s">
+        <v>553</v>
+      </c>
+      <c r="I33" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>425</v>
+      </c>
+      <c r="B34" t="s">
+        <v>554</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>555</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>556</v>
+      </c>
+      <c r="H34" t="s">
+        <v>557</v>
+      </c>
+      <c r="I34" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>425</v>
+      </c>
+      <c r="B35" t="s">
+        <v>558</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>559</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>560</v>
+      </c>
+      <c r="H35" t="s">
+        <v>561</v>
+      </c>
+      <c r="I35" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>425</v>
+      </c>
+      <c r="B36" t="s">
+        <v>562</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>563</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>564</v>
+      </c>
+      <c r="H36" t="s">
+        <v>565</v>
+      </c>
+      <c r="I36" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>425</v>
+      </c>
+      <c r="B37" t="s">
+        <v>567</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>568</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>569</v>
+      </c>
+      <c r="H37" t="s">
+        <v>570</v>
+      </c>
+      <c r="I37" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>425</v>
+      </c>
+      <c r="B38" t="s">
+        <v>571</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>572</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>573</v>
+      </c>
+      <c r="H38" t="s">
+        <v>574</v>
+      </c>
+      <c r="I38" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>425</v>
+      </c>
+      <c r="B39" t="s">
+        <v>575</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>576</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>577</v>
+      </c>
+      <c r="H39" t="s">
+        <v>578</v>
+      </c>
+      <c r="I39" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>425</v>
+      </c>
+      <c r="B40" t="s">
+        <v>579</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>580</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>581</v>
+      </c>
+      <c r="H40" t="s">
+        <v>582</v>
+      </c>
+      <c r="I40" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>425</v>
+      </c>
+      <c r="B41" t="s">
+        <v>583</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>584</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>585</v>
+      </c>
+      <c r="H41" t="s">
+        <v>586</v>
+      </c>
+      <c r="I41" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>425</v>
+      </c>
+      <c r="B42" t="s">
+        <v>587</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>588</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>589</v>
+      </c>
+      <c r="H42" t="s">
+        <v>590</v>
+      </c>
+      <c r="I42" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>425</v>
+      </c>
+      <c r="B43" t="s">
+        <v>591</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>592</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>593</v>
+      </c>
+      <c r="H43" t="s">
+        <v>594</v>
+      </c>
+      <c r="I43" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>425</v>
+      </c>
+      <c r="B44" t="s">
+        <v>595</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>596</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>597</v>
+      </c>
+      <c r="H44" t="s">
+        <v>598</v>
+      </c>
+      <c r="I44" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>425</v>
+      </c>
+      <c r="B45" t="s">
+        <v>599</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>600</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>601</v>
+      </c>
+      <c r="H45" t="s">
+        <v>602</v>
+      </c>
+      <c r="I45" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>425</v>
+      </c>
+      <c r="B46" t="s">
+        <v>603</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>604</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>605</v>
+      </c>
+      <c r="H46" t="s">
+        <v>606</v>
+      </c>
+      <c r="I46" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>425</v>
+      </c>
+      <c r="B47" t="s">
+        <v>607</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>608</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>609</v>
+      </c>
+      <c r="H47" t="s">
+        <v>610</v>
+      </c>
+      <c r="I47" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>425</v>
+      </c>
+      <c r="B48" t="s">
+        <v>611</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>612</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>613</v>
+      </c>
+      <c r="H48" t="s">
+        <v>614</v>
+      </c>
+      <c r="I48" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>425</v>
+      </c>
+      <c r="B49" t="s">
+        <v>615</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>616</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>617</v>
+      </c>
+      <c r="H49" t="s">
+        <v>618</v>
+      </c>
+      <c r="I49" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>425</v>
+      </c>
+      <c r="B50" t="s">
+        <v>619</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>620</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>621</v>
+      </c>
+      <c r="H50" t="s">
+        <v>622</v>
+      </c>
+      <c r="I50" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>425</v>
+      </c>
+      <c r="B51" t="s">
+        <v>623</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>624</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>625</v>
+      </c>
+      <c r="H51" t="s">
+        <v>626</v>
+      </c>
+      <c r="I51" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>425</v>
+      </c>
+      <c r="B52" t="s">
+        <v>627</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>628</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>629</v>
+      </c>
+      <c r="H52" t="s">
+        <v>630</v>
+      </c>
+      <c r="I52" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>425</v>
+      </c>
+      <c r="B53" t="s">
+        <v>631</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>632</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>633</v>
+      </c>
+      <c r="H53" t="s">
+        <v>634</v>
+      </c>
+      <c r="I53" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>425</v>
+      </c>
+      <c r="B54" t="s">
+        <v>635</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>636</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>637</v>
+      </c>
+      <c r="H54" t="s">
+        <v>638</v>
+      </c>
+      <c r="I54" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>425</v>
+      </c>
+      <c r="B55" t="s">
+        <v>639</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>640</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>641</v>
+      </c>
+      <c r="H55" t="s">
+        <v>642</v>
+      </c>
+      <c r="I55" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>425</v>
+      </c>
+      <c r="B56" t="s">
+        <v>643</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>644</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>645</v>
+      </c>
+      <c r="H56" t="s">
+        <v>646</v>
+      </c>
+      <c r="I56" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>425</v>
+      </c>
+      <c r="B57" t="s">
+        <v>647</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>648</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>649</v>
+      </c>
+      <c r="H57" t="s">
+        <v>650</v>
+      </c>
+      <c r="I57" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>425</v>
+      </c>
+      <c r="B58" t="s">
+        <v>651</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>652</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>653</v>
+      </c>
+      <c r="H58" t="s">
+        <v>654</v>
+      </c>
+      <c r="I58" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>425</v>
+      </c>
+      <c r="B59" t="s">
+        <v>655</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>656</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>657</v>
+      </c>
+      <c r="H59" t="s">
+        <v>658</v>
+      </c>
+      <c r="I59" t="s">
+        <v>430</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>659</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>660</v>
       </c>
       <c r="C2" t="s">
-        <v>39</v>
+        <v>661</v>
       </c>
       <c r="D2" t="s">
-        <v>40</v>
+        <v>662</v>
       </c>
       <c r="E2" t="s">
-        <v>41</v>
+        <v>663</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>42</v>
+        <v>664</v>
       </c>
       <c r="H2" t="s">
-        <v>43</v>
+        <v>665</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>37</v>
+        <v>659</v>
       </c>
       <c r="B3" t="s">
-        <v>44</v>
+        <v>666</v>
       </c>
       <c r="C3" t="s">
-        <v>45</v>
+        <v>667</v>
       </c>
       <c r="D3" t="s">
-        <v>46</v>
+        <v>668</v>
       </c>
       <c r="E3" t="s">
-        <v>47</v>
+        <v>364</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>48</v>
+        <v>669</v>
       </c>
       <c r="H3" t="s">
-        <v>49</v>
+        <v>670</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>659</v>
       </c>
       <c r="B4" t="s">
-        <v>50</v>
+        <v>671</v>
       </c>
       <c r="C4" t="s">
-        <v>51</v>
+        <v>672</v>
       </c>
       <c r="D4" t="s">
-        <v>52</v>
+        <v>673</v>
       </c>
       <c r="E4" t="s">
-        <v>53</v>
+        <v>674</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>54</v>
+        <v>675</v>
       </c>
       <c r="H4" t="s">
-        <v>55</v>
+        <v>676</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>659</v>
       </c>
       <c r="B5" t="s">
-        <v>56</v>
+        <v>677</v>
       </c>
       <c r="C5" t="s">
-        <v>57</v>
+        <v>678</v>
       </c>
       <c r="D5" t="s">
-        <v>52</v>
+        <v>679</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>680</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>58</v>
+        <v>681</v>
       </c>
       <c r="H5" t="s">
-        <v>59</v>
+        <v>682</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>659</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>683</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>684</v>
       </c>
       <c r="D6" t="s">
-        <v>62</v>
+        <v>685</v>
       </c>
       <c r="E6" t="s">
-        <v>63</v>
+        <v>686</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
+        <v>687</v>
       </c>
       <c r="H6" t="s">
-        <v>65</v>
+        <v>688</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>37</v>
+        <v>659</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>689</v>
       </c>
       <c r="C7" t="s">
-        <v>67</v>
+        <v>690</v>
       </c>
       <c r="D7" t="s">
-        <v>68</v>
+        <v>691</v>
       </c>
       <c r="E7" t="s">
-        <v>69</v>
+        <v>692</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>70</v>
+        <v>693</v>
       </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>694</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>659</v>
+      </c>
+      <c r="B8" t="s">
+        <v>695</v>
+      </c>
+      <c r="C8" t="s">
+        <v>696</v>
+      </c>
+      <c r="D8" t="s">
+        <v>697</v>
+      </c>
+      <c r="E8" t="s">
+        <v>698</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>699</v>
+      </c>
+      <c r="H8" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>659</v>
+      </c>
+      <c r="B9" t="s">
+        <v>701</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>702</v>
+      </c>
+      <c r="E9" t="s">
+        <v>703</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>704</v>
+      </c>
+      <c r="H9" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>659</v>
+      </c>
+      <c r="B10" t="s">
+        <v>706</v>
+      </c>
+      <c r="C10" t="s">
+        <v>707</v>
+      </c>
+      <c r="D10" t="s">
+        <v>708</v>
+      </c>
+      <c r="E10" t="s">
+        <v>709</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>710</v>
+      </c>
+      <c r="H10" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>659</v>
+      </c>
+      <c r="B11" t="s">
+        <v>712</v>
+      </c>
+      <c r="C11" t="s">
+        <v>713</v>
+      </c>
+      <c r="D11" t="s">
+        <v>714</v>
+      </c>
+      <c r="E11" t="s">
+        <v>715</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>716</v>
+      </c>
+      <c r="H11" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>659</v>
+      </c>
+      <c r="B12" t="s">
+        <v>718</v>
+      </c>
+      <c r="C12" t="s">
+        <v>719</v>
+      </c>
+      <c r="D12" t="s">
+        <v>720</v>
+      </c>
+      <c r="E12" t="s">
+        <v>721</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>722</v>
+      </c>
+      <c r="H12" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>659</v>
+      </c>
+      <c r="B13" t="s">
+        <v>724</v>
+      </c>
+      <c r="C13" t="s">
+        <v>725</v>
+      </c>
+      <c r="D13" t="s">
+        <v>726</v>
+      </c>
+      <c r="E13" t="s">
+        <v>392</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>727</v>
+      </c>
+      <c r="H13" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>659</v>
+      </c>
+      <c r="B14" t="s">
+        <v>729</v>
+      </c>
+      <c r="C14" t="s">
+        <v>730</v>
+      </c>
+      <c r="D14" t="s">
+        <v>731</v>
+      </c>
+      <c r="E14" t="s">
+        <v>732</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>733</v>
+      </c>
+      <c r="H14" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>659</v>
+      </c>
+      <c r="B15" t="s">
+        <v>735</v>
+      </c>
+      <c r="C15" t="s">
+        <v>736</v>
+      </c>
+      <c r="D15" t="s">
+        <v>737</v>
+      </c>
+      <c r="E15" t="s">
+        <v>738</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>739</v>
+      </c>
+      <c r="H15" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>659</v>
+      </c>
+      <c r="B16" t="s">
+        <v>741</v>
+      </c>
+      <c r="C16" t="s">
+        <v>742</v>
+      </c>
+      <c r="D16" t="s">
+        <v>743</v>
+      </c>
+      <c r="E16" t="s">
+        <v>744</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>745</v>
+      </c>
+      <c r="H16" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>659</v>
+      </c>
+      <c r="B17" t="s">
+        <v>729</v>
+      </c>
+      <c r="C17" t="s">
+        <v>747</v>
+      </c>
+      <c r="D17" t="s">
+        <v>731</v>
+      </c>
+      <c r="E17" t="s">
+        <v>748</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>749</v>
+      </c>
+      <c r="H17" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>659</v>
+      </c>
+      <c r="B18" t="s">
+        <v>751</v>
+      </c>
+      <c r="C18" t="s">
+        <v>752</v>
+      </c>
+      <c r="D18" t="s">
+        <v>753</v>
+      </c>
+      <c r="E18" t="s">
+        <v>754</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>755</v>
+      </c>
+      <c r="H18" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>659</v>
+      </c>
+      <c r="B19" t="s">
+        <v>757</v>
+      </c>
+      <c r="C19" t="s">
+        <v>758</v>
+      </c>
+      <c r="D19" t="s">
+        <v>759</v>
+      </c>
+      <c r="E19" t="s">
+        <v>760</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>761</v>
+      </c>
+      <c r="H19" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>659</v>
+      </c>
+      <c r="B20" t="s">
+        <v>763</v>
+      </c>
+      <c r="C20" t="s">
+        <v>764</v>
+      </c>
+      <c r="D20" t="s">
+        <v>765</v>
+      </c>
+      <c r="E20" t="s">
+        <v>766</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>767</v>
+      </c>
+      <c r="H20" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>659</v>
+      </c>
+      <c r="B21" t="s">
+        <v>769</v>
+      </c>
+      <c r="C21" t="s">
+        <v>770</v>
+      </c>
+      <c r="D21" t="s">
+        <v>771</v>
+      </c>
+      <c r="E21" t="s">
+        <v>772</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>773</v>
+      </c>
+      <c r="H21" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>659</v>
+      </c>
+      <c r="B22" t="s">
+        <v>775</v>
+      </c>
+      <c r="C22" t="s">
+        <v>776</v>
+      </c>
+      <c r="D22" t="s">
+        <v>777</v>
+      </c>
+      <c r="E22" t="s">
+        <v>778</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>779</v>
+      </c>
+      <c r="H22" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>659</v>
+      </c>
+      <c r="B23" t="s">
+        <v>781</v>
+      </c>
+      <c r="C23" t="s">
+        <v>782</v>
+      </c>
+      <c r="D23" t="s">
+        <v>783</v>
+      </c>
+      <c r="E23" t="s">
+        <v>784</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>785</v>
+      </c>
+      <c r="H23" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>659</v>
+      </c>
+      <c r="B24" t="s">
+        <v>787</v>
+      </c>
+      <c r="C24" t="s">
+        <v>788</v>
+      </c>
+      <c r="D24" t="s">
+        <v>789</v>
+      </c>
+      <c r="E24" t="s">
+        <v>790</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>791</v>
+      </c>
+      <c r="H24" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>659</v>
+      </c>
+      <c r="B25" t="s">
+        <v>793</v>
+      </c>
+      <c r="C25" t="s">
+        <v>794</v>
+      </c>
+      <c r="D25" t="s">
+        <v>795</v>
+      </c>
+      <c r="E25" t="s">
+        <v>796</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>797</v>
+      </c>
+      <c r="H25" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>659</v>
+      </c>
+      <c r="B26" t="s">
+        <v>799</v>
+      </c>
+      <c r="C26" t="s">
+        <v>800</v>
+      </c>
+      <c r="D26" t="s">
+        <v>801</v>
+      </c>
+      <c r="E26" t="s">
+        <v>802</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>803</v>
+      </c>
+      <c r="H26" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>659</v>
+      </c>
+      <c r="B27" t="s">
+        <v>805</v>
+      </c>
+      <c r="C27" t="s">
+        <v>806</v>
+      </c>
+      <c r="D27" t="s">
+        <v>807</v>
+      </c>
+      <c r="E27" t="s">
+        <v>808</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>809</v>
+      </c>
+      <c r="H27" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>659</v>
+      </c>
+      <c r="B28" t="s">
+        <v>811</v>
+      </c>
+      <c r="C28" t="s">
+        <v>812</v>
+      </c>
+      <c r="D28" t="s">
+        <v>813</v>
+      </c>
+      <c r="E28" t="s">
+        <v>814</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>815</v>
+      </c>
+      <c r="H28" t="s">
+        <v>816</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...82 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>