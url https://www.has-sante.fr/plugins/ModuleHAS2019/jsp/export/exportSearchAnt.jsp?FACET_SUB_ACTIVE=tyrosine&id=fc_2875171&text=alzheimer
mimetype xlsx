--- v0 (2026-02-11)
+++ v1 (2026-03-20)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="124">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -299,63 +299,75 @@
   <si>
     <t>Dosage de la vitamine C dans le sang</t>
   </si>
   <si>
     <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
   </si>
   <si>
     <t>02/05/2018 00:00:00</t>
   </si>
   <si>
     <t>08/06/2018 09:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 22 octobre 2025</t>
+  </si>
+  <si>
+    <t>15/10/2025 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700259/fr/commission-de-la-transparence-reunion-du-22-octobre-2025</t>
+  </si>
+  <si>
+    <t>p_3700259</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 18 septembre 2013</t>
   </si>
   <si>
     <t>06/11/2013 17:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1646886/fr/commission-de-la-transparence-reunion-du-18-septembre-2013</t>
   </si>
   <si>
     <t>c_1646886</t>
-  </si>
-[...1 lines deleted...]
-    <t>Commission</t>
   </si>
   <si>
     <t>Commission de la Transparence - Réunion du 30 mars 2022</t>
   </si>
   <si>
     <t>22/03/2022 10:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3325509/fr/commission-de-la-transparence-reunion-du-30-mars-2022</t>
   </si>
   <si>
     <t>p_3325509</t>
   </si>
   <si>
     <t>Collège délibératif du 21 janvier 2021</t>
   </si>
   <si>
     <t>15/01/2021 16:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3231722/fr/college-deliberatif-du-21-janvier-2021</t>
   </si>
   <si>
     <t>p_3231722</t>
   </si>
@@ -978,51 +990,51 @@
       </c>
       <c r="D2" t="s">
         <v>83</v>
       </c>
       <c r="E2" t="s">
         <v>84</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>85</v>
       </c>
       <c r="H2" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1097,204 +1109,233 @@
       <c r="A4" t="s">
         <v>88</v>
       </c>
       <c r="B4" t="s">
         <v>98</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>99</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>100</v>
       </c>
       <c r="H4" t="s">
         <v>101</v>
       </c>
       <c r="I4" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>103</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I5" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C2" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D2" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="E2" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="H2" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B2" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="H2" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B3" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C3" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H3" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>