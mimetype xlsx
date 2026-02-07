--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="169">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -153,50 +153,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
   </si>
   <si>
     <t>c_680242</t>
   </si>
   <si>
     <t>Mastocytoses non-avancées chez l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/07/2022 13:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
   </si>
   <si>
     <t>p_3563444</t>
   </si>
   <si>
     <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>13/12/2022 11:52:00</t>
   </si>
@@ -681,51 +696,51 @@
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1231,333 +1246,359 @@
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>28</v>
       </c>
       <c r="B21" t="s">
         <v>124</v>
       </c>
       <c r="C21" t="s">
         <v>125</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>126</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>127</v>
       </c>
       <c r="H21" t="s">
         <v>128</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
+        <v>130</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>131</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>132</v>
+      </c>
+      <c r="H22" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="D2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="E2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="H2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="D2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="H2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B3" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D3" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="E3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="H3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B2" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="H2" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="I2" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="I3" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>166</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>167</v>
+      </c>
+      <c r="H4" t="s">
+        <v>168</v>
+      </c>
+      <c r="I4" t="s">
         <v>160</v>
-      </c>
-[...19 lines deleted...]
-        <v>155</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>