--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="193">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -200,93 +200,123 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
   </si>
   <si>
     <t>c_2048406</t>
   </si>
   <si>
     <t>ALD n° 30 - Cancer du poumon et mésothéliome pleural malin</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>24/09/2014 00:00:00</t>
   </si>
   <si>
     <t>21/10/2014 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_820058/fr/ald-n-30-cancer-du-poumon-et-mesotheliome-pleural-malin</t>
   </si>
   <si>
     <t>c_820058</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Maladies mitochondriales apparentées au MELAS</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/12/2021 21:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
   </si>
   <si>
     <t>p_3289848</t>
   </si>
   <si>
     <t>Acromégalie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/11/2021 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
   </si>
   <si>
     <t>p_3292767</t>
   </si>
   <si>
     <t>Syndromes myasthéniques congénitaux</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>25/03/2021 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
   </si>
   <si>
     <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
   </si>
   <si>
     <t>Lipodystrophies généralisées congénitales</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
   </si>
   <si>
     <t>p_3391377</t>
   </si>
   <si>
     <t>Mastocytoses non-avancées chez l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/07/2022 13:56:00</t>
   </si>
@@ -721,51 +751,51 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1089,719 +1119,771 @@
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
         <v>86</v>
       </c>
       <c r="C14" t="s">
         <v>87</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>88</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>89</v>
       </c>
       <c r="H14" t="s">
         <v>90</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>94</v>
+      </c>
+      <c r="H15" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>98</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>99</v>
+      </c>
+      <c r="H16" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B2" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C2" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="D2" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E2" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="H2" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="C3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="D3" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="E3" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="H3" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B4" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="C4" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="D4" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="E4" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="H4" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B5" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C5" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="D5" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="E5" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="H5" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="B2" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="H2" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="B2" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="D2" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="E2" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="H2" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="B3" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="C3" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="D3" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="E3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="H3" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="B4" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="C4" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="D4" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="E4" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="H4" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="B5" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="C5" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="D5" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="E5" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="H5" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="B2" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="H2" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I2" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="B3" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="H3" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="I3" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="B4" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="H4" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="I4" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="B5" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
+        <v>173</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>174</v>
+      </c>
+      <c r="H5" t="s">
+        <v>175</v>
+      </c>
+      <c r="I5" t="s">
         <v>163</v>
-      </c>
-[...10 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="B6" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="H6" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="I6" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="B2" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="C2" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="D2" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="E2" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="H2" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="B2" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="C2" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="H2" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>