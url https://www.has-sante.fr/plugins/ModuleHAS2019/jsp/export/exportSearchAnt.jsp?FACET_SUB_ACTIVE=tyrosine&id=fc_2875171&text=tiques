--- v0 (2025-11-25)
+++ v1 (2026-01-15)
@@ -38,65 +38,80 @@
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3601597</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
   </si>
   <si>
     <t>p_3578446</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
@@ -108,65 +123,50 @@
     <t>18/07/2024 00:00:00</t>
   </si>
   <si>
     <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
   </si>
   <si>
     <t>p_3302482</t>
   </si>
   <si>
     <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 16:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
   </si>
   <si>
     <t>p_3536031</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Dosage de la vitamine C dans le sang</t>
   </si>
   <si>
     <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
   </si>
   <si>
     <t>02/05/2018 00:00:00</t>
   </si>
   <si>
     <t>08/06/2018 09:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
   </si>
@@ -261,207 +261,207 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>21</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
         <v>41</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>47</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>