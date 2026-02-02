--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,196 +9,454 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="49">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>