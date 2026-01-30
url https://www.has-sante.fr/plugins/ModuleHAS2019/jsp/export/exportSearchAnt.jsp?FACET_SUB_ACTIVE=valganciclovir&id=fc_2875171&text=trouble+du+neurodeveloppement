--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -35,90 +35,90 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>06/23/2025 15:46:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic par sérologie et/ou par recherche du génome viral de l’infection congénitale à cytomégalovirus</t>
+  </si>
+  <si>
+    <t>Evaluation de plusieurs examens diagnostiques dans le cadre de la transmission mère-enfant in utero de l’infection à cytomégalovirus (CMV) : tests sérologiques (mesure de l’avidité des IgG anti-CMV, statut immunitaire IgG anti-CMV), mesure de la charge virale du CMV par amplification génique (PCR) dans le liquide amniotique et les urines/la salive du nouveau-né, et culture cellulaire orientée du CMV</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/fr/diagnostic-par-serologie-et/ou-par-recherche-du-genome-viral-de-l-infection-congenitale-a-cytomegalovirus</t>
   </si>
   <si>
     <t>c_2572929</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>