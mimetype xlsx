--- v0 (2025-11-09)
+++ v1 (2026-02-15)
@@ -4,105 +4,462 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
     <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="587" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="611" uniqueCount="364">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Conduite à tenir lors de la découverte anténatale d’une ventriculomégalie cérébrale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Quels sont les critères échographiques qui définissent une ventriculomégalie ? Comment confirmer une ventriculomégalie ? Quels sont les éléments obstétricaux, biologiques, cytogénétiques et familiaux à réunir pour établir un diagnostic étiologique et un pronostic ? Quels sont les critères de mauvais pronostic d'une ventriculomégalie ? Quelle est l'organisation de la démarche d'information des parents et d'accompagnement des futurs parents et de l'enfant à naître ?</t>
+  </si>
+  <si>
+    <t>01/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272301/fr/conduite-a-tenir-lors-de-la-decouverte-antenatale-d-une-ventriculomegalie-cerebrale</t>
+  </si>
+  <si>
+    <t>c_272301</t>
+  </si>
+  <si>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Syndrome de Holt-Oram</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Holt-Oram. Il a été élaboré par le Centres de Référence Maladies Rares Anomalies des membres et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/01/2026 13:57:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840730/fr/syndrome-de-holt-oram</t>
+  </si>
+  <si>
+    <t>p_3840730</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>11/07/2025 16:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
   </si>
   <si>
     <t>c_1069510</t>
   </si>
   <si>
     <t>Syndrome Transfuseur Transfusé</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
   </si>
   <si>
     <t>p_3594176</t>
   </si>
   <si>
     <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
@@ -588,359 +945,50 @@
     <t>23/10/2014 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
   </si>
   <si>
     <t>c_1768140</t>
   </si>
   <si>
     <t>ALD hors liste - Syndrome de Cushing</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
   </si>
   <si>
     <t>17/09/2008 00:00:00</t>
   </si>
   <si>
     <t>09/12/2008 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
   </si>
   <si>
     <t>c_722917</t>
-  </si>
-[...307 lines deleted...]
-    <t>c_272365</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Collège délibératif du 20 septembre 2017</t>
   </si>
   <si>
     <t>15/09/2017 14:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2793565/fr/college-deliberatif-du-20-septembre-2017</t>
   </si>
   <si>
     <t>c_2793565</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 8 juin 2016</t>
   </si>
@@ -1115,2008 +1163,2086 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H37"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
         <v>30</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>31</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" t="s">
         <v>40</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
         <v>44</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>50</v>
       </c>
       <c r="C10" t="s">
         <v>51</v>
       </c>
       <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>52</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>56</v>
       </c>
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>57</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>58</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
+        <v>31</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>60</v>
+      </c>
+      <c r="H12" t="s">
         <v>61</v>
-      </c>
-[...16 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
+        <v>31</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>63</v>
       </c>
-      <c r="F13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H13" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H14" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="C15" t="s">
-        <v>76</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="C17" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="E17" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="H17" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="C18" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E18" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="H18" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="C19" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="E19" t="s">
         <v>91</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="H19" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" t="s">
+        <v>95</v>
+      </c>
+      <c r="D20" t="s">
+        <v>96</v>
+      </c>
+      <c r="E20" t="s">
+        <v>97</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>98</v>
       </c>
-      <c r="C20" t="s">
+      <c r="H20" t="s">
         <v>99</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
+        <v>100</v>
+      </c>
+      <c r="C21" t="s">
+        <v>101</v>
+      </c>
+      <c r="D21" t="s">
+        <v>102</v>
+      </c>
+      <c r="E21" t="s">
         <v>103</v>
       </c>
-      <c r="C21" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>104</v>
       </c>
-      <c r="D21" t="s">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" t="s">
         <v>108</v>
       </c>
-      <c r="C22" t="s">
+      <c r="E22" t="s">
         <v>109</v>
       </c>
-      <c r="D22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>110</v>
       </c>
       <c r="H22" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>114</v>
       </c>
       <c r="E23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H23" t="s">
-        <v>116</v>
-[...6 lines deleted...]
-      <c r="B24" t="s">
         <v>117</v>
-      </c>
-[...354 lines deleted...]
-        <v>188</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B2" t="s">
-        <v>190</v>
+        <v>119</v>
       </c>
       <c r="C2" t="s">
-        <v>191</v>
+        <v>120</v>
       </c>
       <c r="D2" t="s">
-        <v>192</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>193</v>
+        <v>121</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>194</v>
+        <v>122</v>
       </c>
       <c r="H2" t="s">
-        <v>195</v>
+        <v>123</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B3" t="s">
-        <v>196</v>
+        <v>124</v>
       </c>
       <c r="C3" t="s">
-        <v>197</v>
+        <v>125</v>
       </c>
       <c r="D3" t="s">
-        <v>198</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>199</v>
+        <v>126</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>200</v>
+        <v>127</v>
       </c>
       <c r="H3" t="s">
-        <v>201</v>
+        <v>128</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B4" t="s">
-        <v>202</v>
+        <v>129</v>
       </c>
       <c r="C4" t="s">
-        <v>203</v>
+        <v>130</v>
       </c>
       <c r="D4" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>205</v>
+        <v>131</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>206</v>
+        <v>132</v>
       </c>
       <c r="H4" t="s">
-        <v>207</v>
+        <v>133</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B5" t="s">
-        <v>208</v>
+        <v>134</v>
       </c>
       <c r="C5" t="s">
-        <v>209</v>
+        <v>135</v>
       </c>
       <c r="D5" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>205</v>
+        <v>136</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>210</v>
+        <v>137</v>
       </c>
       <c r="H5" t="s">
-        <v>211</v>
+        <v>138</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B6" t="s">
-        <v>212</v>
+        <v>139</v>
       </c>
       <c r="C6" t="s">
-        <v>213</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>214</v>
+        <v>141</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>215</v>
+        <v>142</v>
       </c>
       <c r="H6" t="s">
-        <v>216</v>
+        <v>143</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B7" t="s">
-        <v>217</v>
+        <v>144</v>
       </c>
       <c r="C7" t="s">
-        <v>218</v>
+        <v>145</v>
       </c>
       <c r="D7" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>214</v>
+        <v>146</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>219</v>
+        <v>147</v>
       </c>
       <c r="H7" t="s">
-        <v>220</v>
+        <v>148</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>149</v>
       </c>
       <c r="C8" t="s">
-        <v>218</v>
+        <v>150</v>
       </c>
       <c r="D8" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>205</v>
+        <v>146</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>222</v>
+        <v>151</v>
       </c>
       <c r="H8" t="s">
-        <v>223</v>
+        <v>152</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B9" t="s">
-        <v>224</v>
+        <v>153</v>
       </c>
       <c r="C9" t="s">
-        <v>225</v>
+        <v>154</v>
       </c>
       <c r="D9" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>214</v>
+        <v>155</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>226</v>
+        <v>156</v>
       </c>
       <c r="H9" t="s">
-        <v>227</v>
+        <v>157</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B10" t="s">
-        <v>228</v>
+        <v>158</v>
       </c>
       <c r="C10" t="s">
-        <v>229</v>
+        <v>159</v>
       </c>
       <c r="D10" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>214</v>
+        <v>160</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>230</v>
+        <v>161</v>
       </c>
       <c r="H10" t="s">
-        <v>231</v>
+        <v>162</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B11" t="s">
-        <v>232</v>
+        <v>163</v>
       </c>
       <c r="C11" t="s">
-        <v>233</v>
+        <v>164</v>
       </c>
       <c r="D11" t="s">
-        <v>204</v>
+        <v>165</v>
       </c>
       <c r="E11" t="s">
-        <v>205</v>
+        <v>166</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>234</v>
+        <v>167</v>
       </c>
       <c r="H11" t="s">
-        <v>235</v>
+        <v>168</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B12" t="s">
-        <v>236</v>
+        <v>169</v>
       </c>
       <c r="C12" t="s">
-        <v>218</v>
+        <v>170</v>
       </c>
       <c r="D12" t="s">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="E12" t="s">
-        <v>205</v>
+        <v>172</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>237</v>
+        <v>173</v>
       </c>
       <c r="H12" t="s">
-        <v>238</v>
+        <v>174</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B13" t="s">
-        <v>239</v>
+        <v>175</v>
       </c>
       <c r="C13" t="s">
-        <v>213</v>
+        <v>176</v>
       </c>
       <c r="D13" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>214</v>
+        <v>177</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>240</v>
+        <v>178</v>
       </c>
       <c r="H13" t="s">
-        <v>241</v>
+        <v>179</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B14" t="s">
-        <v>242</v>
+        <v>180</v>
       </c>
       <c r="C14" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="D14" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>243</v>
+        <v>183</v>
       </c>
       <c r="H14" t="s">
-        <v>244</v>
+        <v>184</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B15" t="s">
-        <v>245</v>
+        <v>185</v>
       </c>
       <c r="C15" t="s">
-        <v>246</v>
+        <v>186</v>
       </c>
       <c r="D15" t="s">
-        <v>247</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>248</v>
+        <v>182</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="H15" t="s">
-        <v>250</v>
+        <v>188</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
         <v>189</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>252</v>
+        <v>190</v>
       </c>
       <c r="D16" t="s">
-        <v>247</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>253</v>
+        <v>191</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>254</v>
+        <v>192</v>
       </c>
       <c r="H16" t="s">
-        <v>255</v>
+        <v>193</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>256</v>
+        <v>194</v>
       </c>
       <c r="C17" t="s">
-        <v>257</v>
+        <v>195</v>
       </c>
       <c r="D17" t="s">
-        <v>258</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>259</v>
+        <v>191</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>260</v>
+        <v>196</v>
       </c>
       <c r="H17" t="s">
-        <v>261</v>
+        <v>197</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B18" t="s">
-        <v>262</v>
+        <v>198</v>
       </c>
       <c r="C18" t="s">
-        <v>263</v>
+        <v>199</v>
       </c>
       <c r="D18" t="s">
-        <v>264</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>265</v>
+        <v>200</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>266</v>
+        <v>201</v>
       </c>
       <c r="H18" t="s">
-        <v>267</v>
+        <v>202</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B19" t="s">
-        <v>268</v>
+        <v>203</v>
       </c>
       <c r="C19" t="s">
-        <v>269</v>
+        <v>204</v>
       </c>
       <c r="D19" t="s">
-        <v>270</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>271</v>
+        <v>205</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>272</v>
+        <v>206</v>
       </c>
       <c r="H19" t="s">
-        <v>273</v>
+        <v>207</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B20" t="s">
-        <v>274</v>
+        <v>208</v>
       </c>
       <c r="C20" t="s">
-        <v>275</v>
+        <v>209</v>
       </c>
       <c r="D20" t="s">
-        <v>276</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>277</v>
+        <v>210</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>278</v>
+        <v>211</v>
       </c>
       <c r="H20" t="s">
-        <v>279</v>
+        <v>212</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B21" t="s">
-        <v>280</v>
+        <v>213</v>
       </c>
       <c r="C21" t="s">
-        <v>281</v>
+        <v>214</v>
       </c>
       <c r="D21" t="s">
-        <v>282</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>283</v>
+        <v>210</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>284</v>
+        <v>215</v>
       </c>
       <c r="H21" t="s">
-        <v>285</v>
+        <v>216</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="B22" t="s">
+        <v>217</v>
+      </c>
+      <c r="C22" t="s">
+        <v>218</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>219</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>220</v>
+      </c>
+      <c r="H22" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" t="s">
+        <v>222</v>
+      </c>
+      <c r="C23" t="s">
+        <v>223</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>224</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>225</v>
+      </c>
+      <c r="H23" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>118</v>
+      </c>
+      <c r="B24" t="s">
+        <v>227</v>
+      </c>
+      <c r="C24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>224</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>229</v>
+      </c>
+      <c r="H24" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>118</v>
+      </c>
+      <c r="B25" t="s">
+        <v>231</v>
+      </c>
+      <c r="C25" t="s">
+        <v>232</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>233</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>234</v>
+      </c>
+      <c r="H25" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26" t="s">
+        <v>236</v>
+      </c>
+      <c r="C26" t="s">
+        <v>237</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>238</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>239</v>
+      </c>
+      <c r="H26" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" t="s">
+        <v>241</v>
+      </c>
+      <c r="C27" t="s">
+        <v>242</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>243</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>244</v>
+      </c>
+      <c r="H27" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>246</v>
+      </c>
+      <c r="C28" t="s">
+        <v>247</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>243</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>248</v>
+      </c>
+      <c r="H28" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
+        <v>250</v>
+      </c>
+      <c r="C29" t="s">
+        <v>251</v>
+      </c>
+      <c r="D29" t="s">
+        <v>252</v>
+      </c>
+      <c r="E29" t="s">
+        <v>253</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>254</v>
+      </c>
+      <c r="H29" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B30" t="s">
+        <v>256</v>
+      </c>
+      <c r="C30" t="s">
+        <v>257</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>258</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>259</v>
+      </c>
+      <c r="H30" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" t="s">
+        <v>261</v>
+      </c>
+      <c r="C31" t="s">
+        <v>262</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>263</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>264</v>
+      </c>
+      <c r="H31" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" t="s">
+        <v>266</v>
+      </c>
+      <c r="C32" t="s">
+        <v>267</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>268</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>269</v>
+      </c>
+      <c r="H32" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" t="s">
+        <v>271</v>
+      </c>
+      <c r="C33" t="s">
+        <v>272</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>273</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>274</v>
+      </c>
+      <c r="H33" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>118</v>
+      </c>
+      <c r="B34" t="s">
+        <v>276</v>
+      </c>
+      <c r="C34" t="s">
+        <v>277</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>278</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>279</v>
+      </c>
+      <c r="H34" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>118</v>
+      </c>
+      <c r="B35" t="s">
+        <v>281</v>
+      </c>
+      <c r="C35" t="s">
+        <v>282</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>283</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>284</v>
+      </c>
+      <c r="H35" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>118</v>
+      </c>
+      <c r="B36" t="s">
         <v>286</v>
       </c>
-      <c r="C22" t="s">
+      <c r="C36" t="s">
         <v>287</v>
       </c>
-      <c r="D22" t="s">
+      <c r="D36" t="s">
         <v>288</v>
       </c>
-      <c r="E22" t="s">
+      <c r="E36" t="s">
         <v>289</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
         <v>290</v>
       </c>
-      <c r="H22" t="s">
+      <c r="H36" t="s">
         <v>291</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>118</v>
+      </c>
+      <c r="B37" t="s">
+        <v>292</v>
+      </c>
+      <c r="C37" t="s">
+        <v>293</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>294</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>295</v>
+      </c>
+      <c r="H37" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>118</v>
+      </c>
+      <c r="B38" t="s">
+        <v>297</v>
+      </c>
+      <c r="C38" t="s">
+        <v>298</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>299</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>300</v>
+      </c>
+      <c r="H38" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>118</v>
+      </c>
+      <c r="B39" t="s">
+        <v>302</v>
+      </c>
+      <c r="C39" t="s">
+        <v>303</v>
+      </c>
+      <c r="D39" t="s">
+        <v>304</v>
+      </c>
+      <c r="E39" t="s">
+        <v>305</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>306</v>
+      </c>
+      <c r="H39" t="s">
+        <v>307</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>292</v>
+        <v>308</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="B2" t="s">
-        <v>294</v>
+        <v>310</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>295</v>
+        <v>311</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="H2" t="s">
-        <v>297</v>
+        <v>313</v>
       </c>
       <c r="I2" t="s">
-        <v>298</v>
+        <v>314</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="B3" t="s">
-        <v>299</v>
+        <v>315</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>300</v>
+        <v>316</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="H3" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
       <c r="I3" t="s">
-        <v>298</v>
+        <v>314</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="B4" t="s">
-        <v>303</v>
+        <v>319</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>304</v>
+        <v>320</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="H4" t="s">
-        <v>306</v>
+        <v>322</v>
       </c>
       <c r="I4" t="s">
-        <v>298</v>
+        <v>314</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="B5" t="s">
-        <v>307</v>
+        <v>323</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>308</v>
+        <v>324</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="H5" t="s">
-        <v>310</v>
+        <v>326</v>
       </c>
       <c r="I5" t="s">
-        <v>298</v>
+        <v>314</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="B6" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>312</v>
+        <v>328</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>313</v>
+        <v>329</v>
       </c>
       <c r="H6" t="s">
+        <v>330</v>
+      </c>
+      <c r="I6" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>315</v>
+        <v>331</v>
       </c>
       <c r="J1" t="s">
-        <v>316</v>
+        <v>332</v>
       </c>
       <c r="K1" t="s">
-        <v>317</v>
+        <v>333</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="B2" t="s">
-        <v>319</v>
+        <v>335</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
       <c r="H2" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
       <c r="I2" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
       <c r="J2" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="K2" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="L2" t="s">
-        <v>326</v>
+        <v>342</v>
       </c>
       <c r="M2" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="N2" t="s">
-        <v>328</v>
+        <v>344</v>
       </c>
       <c r="O2" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
       <c r="P2" t="s">
-        <v>330</v>
+        <v>346</v>
       </c>
       <c r="Q2" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="R2" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="B2" t="s">
-        <v>334</v>
+        <v>350</v>
       </c>
       <c r="C2" t="s">
-        <v>335</v>
+        <v>351</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="H2" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="B3" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="C3" t="s">
-        <v>340</v>
+        <v>356</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>341</v>
+        <v>357</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>342</v>
+        <v>358</v>
       </c>
       <c r="H3" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="B4" t="s">
-        <v>344</v>
+        <v>360</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>346</v>
+        <v>362</v>
       </c>
       <c r="H4" t="s">
-        <v>347</v>
+        <v>363</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>