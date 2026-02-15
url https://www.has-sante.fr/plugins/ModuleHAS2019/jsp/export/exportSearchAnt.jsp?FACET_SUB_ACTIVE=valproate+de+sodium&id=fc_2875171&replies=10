--- v1 (2026-02-15)
+++ v2 (2026-02-15)
@@ -1,1213 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="611" uniqueCount="364">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>12/02/2026 16:17:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>02/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2020 16:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
+    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
   </si>
   <si>
     <t>p_3161334</t>
   </si>
   <si>
-    <t>Contraception chez la femme en post-partum</t>
-[...263 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
   </si>
   <si>
     <t>c_272365</t>
-  </si>
-[...736 lines deleted...]
-    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1247,2002 +209,43 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4">
-[...1957 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>