--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -1,1380 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>02/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2020 16:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/03/2017 15:02:00</t>
-[...296 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
+    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
   </si>
   <si>
     <t>p_3161334</t>
-  </si>
-[...91 lines deleted...]
-    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...380 lines deleted...]
-        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...385 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>