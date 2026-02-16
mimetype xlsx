--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,157 +1,586 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="155">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
   </si>
   <si>
-    <t>02/26/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
   </si>
   <si>
     <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Syndrome de Cornelia de Lange</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Cornelia de Lange. Il a été élaboré par le Centre de référence des Maladies Osseuses Constitutionnelles et le centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385210/fr/syndrome-de-cornelia-de-lange</t>
+  </si>
+  <si>
+    <t>p_3385210</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome DYRK1A</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome DYRK1A. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs des interrégions Sud, Ouest et Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290097/fr/syndrome-dyrk1a</t>
+  </si>
+  <si>
+    <t>p_3290097</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication du gène MECP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de duplication du gène MECP2. Il a été élaboré par le Centre de Référence CRDI de Strasbourg et le Centre de Référence CLAD Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148006/fr/syndrome-de-duplication-du-gene-mecp2</t>
+  </si>
+  <si>
+    <t>p_3148006</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Sevrage de la nutrition entérale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant que l’on souhaite sevrer d’une NE. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375560/fr/sevrage-de-la-nutrition-enterale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375560</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Syndrome de Perrault</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Perrault. Il a été élaboré par le CRMR surdités génétiques du CHU de Lille, CCMR surdités génétiques du CHU de Toulouse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389533/fr/syndrome-de-perrault</t>
+  </si>
+  <si>
+    <t>p_3389533</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 septembre 2017</t>
+  </si>
+  <si>
+    <t>15/09/2017 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793565/fr/college-deliberatif-du-20-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2793565</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DEPAKINE - MICROPAKINE (acide valproïque/valproate de sodium)</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982723/fr/depakine-micropakine-acide-valproique/valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2982723</t>
+  </si>
+  <si>
+    <t>acide valproïque,valproate de sodium</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400971/fr/depakine-chrono-depakine-micropakine-lp-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118584/fr/depakine-micropakine-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640955/fr/depakine-micropakine-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972774/fr/depakine-micropakine-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400143/fr/micropakine-lp-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399694/fr/micropakine-lp-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098050/fr/depakine-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529879/fr/depakine-micropakine-depakine-chrono-depakote-depamide-valproate-de-sodium-valproate-de-sodium/acide-valproique-divalproate-de-sodium-valpromide-epilepsie-et-troubles-bipolaires</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -163,45 +592,874 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>68</v>
+      </c>
+      <c r="H7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>77</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>91</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>92</v>
+      </c>
+      <c r="H12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>96</v>
+      </c>
+      <c r="H13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>101</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>102</v>
+      </c>
+      <c r="H14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>106</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>107</v>
+      </c>
+      <c r="H15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>110</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>111</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>112</v>
+      </c>
+      <c r="H16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>116</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>117</v>
+      </c>
+      <c r="H17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
+        <v>120</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>128</v>
+      </c>
+      <c r="H2" t="s">
+        <v>129</v>
+      </c>
+      <c r="I2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>131</v>
+      </c>
+      <c r="J1" t="s">
+        <v>132</v>
+      </c>
+      <c r="K1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B2" t="s">
+        <v>135</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>137</v>
+      </c>
+      <c r="H2" t="s">
+        <v>138</v>
+      </c>
+      <c r="I2" t="s">
+        <v>139</v>
+      </c>
+      <c r="J2" t="s">
+        <v>140</v>
+      </c>
+      <c r="K2" t="s">
+        <v>141</v>
+      </c>
+      <c r="L2" t="s">
+        <v>142</v>
+      </c>
+      <c r="M2" t="s">
+        <v>143</v>
+      </c>
+      <c r="N2" t="s">
+        <v>144</v>
+      </c>
+      <c r="O2" t="s">
+        <v>145</v>
+      </c>
+      <c r="P2" t="s">
+        <v>146</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>147</v>
+      </c>
+      <c r="R2" t="s">
+        <v>148</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>153</v>
+      </c>
+      <c r="H2" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>