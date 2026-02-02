--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,157 +1,556 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="146">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
   </si>
   <si>
     <t>c_272365</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/07/2025 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
+  </si>
+  <si>
+    <t>c_1069510</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Prise en charge en médecine physique et de réadaptation du patient atteint de Spina Bifida</t>
+  </si>
+  <si>
+    <t>Le spina bifida ou dysraphisme spinal, anomalie congénitale de développement du système nerveux et du rachis, a des conséquences sur différents organes. Il génère des handicaps complexes et variables d’un individu à l’autre. Sa prise en charge relève de multiples spécialités médicales et chirurgicales : neurochirurgie, médecine physique et de réadaptation, gastroentérologie, urologie, gynécologie.# Ce PNDS de médecine Physique et de Réadaptation (MPR) ne peut aborder de façon exhaustive la prise en charge MPR, du fait de la diversité des situations rencontrées. Il détaille néanmoins des thèmes phares sélectionnés par les coordinateurs.</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032137/fr/prise-en-charge-en-medecine-physique-et-de-readaptation-du-patient-atteint-de-spina-bifida</t>
+  </si>
+  <si>
+    <t>c_2032137</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>01/06/2016 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635082/fr/commission-de-la-transparence-reunion-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635082</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -163,45 +562,873 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D3" t="s">
+        <v>79</v>
+      </c>
+      <c r="E3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>81</v>
+      </c>
+      <c r="H3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>85</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>86</v>
+      </c>
+      <c r="H4" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>91</v>
+      </c>
+      <c r="H5" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>71</v>
+      </c>
+      <c r="B6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C6" t="s">
+        <v>94</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>95</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>96</v>
+      </c>
+      <c r="H6" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
+        <v>98</v>
+      </c>
+      <c r="C7" t="s">
+        <v>99</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>100</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>101</v>
+      </c>
+      <c r="H7" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>103</v>
+      </c>
+      <c r="C8" t="s">
+        <v>104</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>105</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>106</v>
+      </c>
+      <c r="H8" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>108</v>
+      </c>
+      <c r="C9" t="s">
+        <v>109</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>110</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>111</v>
+      </c>
+      <c r="H9" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>113</v>
+      </c>
+      <c r="C10" t="s">
+        <v>114</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>116</v>
+      </c>
+      <c r="H10" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>118</v>
+      </c>
+      <c r="C11" t="s">
+        <v>119</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>120</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>121</v>
+      </c>
+      <c r="H11" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12" t="s">
+        <v>123</v>
+      </c>
+      <c r="C12" t="s">
+        <v>124</v>
+      </c>
+      <c r="D12" t="s">
+        <v>125</v>
+      </c>
+      <c r="E12" t="s">
+        <v>126</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>127</v>
+      </c>
+      <c r="H12" t="s">
+        <v>128</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>133</v>
+      </c>
+      <c r="H2" t="s">
+        <v>134</v>
+      </c>
+      <c r="I2" t="s">
+        <v>135</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C3" t="s">
+        <v>142</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H3" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>