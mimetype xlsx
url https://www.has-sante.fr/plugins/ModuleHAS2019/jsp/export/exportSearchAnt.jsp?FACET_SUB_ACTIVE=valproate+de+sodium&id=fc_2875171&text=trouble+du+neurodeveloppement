--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,199 +9,1019 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="116">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
   </si>
   <si>
-    <t>02/26/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
   </si>
   <si>
     <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome de Cornelia de Lange</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Cornelia de Lange. Il a été élaboré par le Centre de référence des Maladies Osseuses Constitutionnelles et le centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385210/fr/syndrome-de-cornelia-de-lange</t>
+  </si>
+  <si>
+    <t>p_3385210</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Syndrome DYRK1A</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome DYRK1A. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs des interrégions Sud, Ouest et Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290097/fr/syndrome-dyrk1a</t>
+  </si>
+  <si>
+    <t>p_3290097</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Épilepsie myoclonique du nourrisson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’épilepsie myoclonique du nourrisson. Il a été élaboré par le Centre de référence des épilepsies rare de l'hôpital Robert-Debré à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076470/fr/epilepsie-myoclonique-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3076470</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication du gène MECP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de duplication du gène MECP2. Il a été élaboré par le Centre de Référence CRDI de Strasbourg et le Centre de Référence CLAD Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148006/fr/syndrome-de-duplication-du-gene-mecp2</t>
+  </si>
+  <si>
+    <t>p_3148006</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>75</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>81</v>
+      </c>
+      <c r="H15" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>85</v>
+      </c>
+      <c r="H16" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>55</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>89</v>
+      </c>
+      <c r="H17" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>93</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>94</v>
+      </c>
+      <c r="H18" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>93</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>98</v>
+      </c>
+      <c r="H19" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>100</v>
+      </c>
+      <c r="C20" t="s">
+        <v>101</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>102</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H20" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" t="s">
+        <v>106</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>107</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>108</v>
+      </c>
+      <c r="H21" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>110</v>
+      </c>
+      <c r="B22" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" t="s">
+        <v>112</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>113</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>114</v>
+      </c>
+      <c r="H22" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>