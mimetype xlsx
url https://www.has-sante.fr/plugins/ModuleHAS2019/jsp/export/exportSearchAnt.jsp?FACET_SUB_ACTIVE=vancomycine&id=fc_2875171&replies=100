--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,2376 +1,342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>DAC</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/09/2019 00:00:00</t>
-[...125 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Prise en charge de l'urticaire chronique</t>
-[...215 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of an epiretinal implant and its implantation procedure</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of ARGUS II to support reimbursement decision by the French National Insurance Funds.# Systematic literature review was performed and EUnetHTA Planned and Ongoing Projects database was consulted. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committees for validation.</t>
+  </si>
+  <si>
+    <t>12/19/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
   </si>
   <si>
     <t>c_1343374</t>
-  </si>
-[...169 lines deleted...]
-    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J6"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...16 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...19 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...1360 lines deleted...]
-        <v>246</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>