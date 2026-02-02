--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -248,54 +248,54 @@
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
   </si>
   <si>
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-[...2 lines deleted...]
-    <t>19/09/2017 16:31:00</t>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>ALD n° 7 - Infection par le virus de l'immunodéficience humaine (VIH)</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>31/10/2011 00:00:00</t>
   </si>
   <si>
     <t>17/11/2011 14:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_634723/fr/ald-n-7-infection-par-le-virus-de-l-immunodeficience-humaine-vih</t>
   </si>
   <si>
     <t>c_634723</t>
   </si>