--- v0 (2025-11-25)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="50">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -147,65 +147,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
   </si>
   <si>
     <t>p_3578446</t>
   </si>
   <si>
     <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 16:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
   </si>
   <si>
     <t>p_3536031</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Ciments avec ou sans antibiotiques pour la fixation des implants articulaires</t>
   </si>
   <si>
     <t>Le ciment chirurgical est utilisé pour la fixation d’implants articulaires tels que la hanche, le genou, l’épaule, la cheville et le coude.</t>
   </si>
   <si>
     <t>20/12/2016 00:00:00</t>
   </si>
   <si>
     <t>09/02/2017 10:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2607290/fr/ciments-avec-ou-sans-antibiotiques-pour-la-fixation-des-implants-articulaires</t>
   </si>
   <si>
     <t>c_2607290</t>
   </si>
 </sst>
 </file>
 
@@ -403,51 +388,51 @@
       </c>
       <c r="D3" t="s">
         <v>28</v>
       </c>
       <c r="E3" t="s">
         <v>29</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>30</v>
       </c>
       <c r="H3" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -485,137 +470,111 @@
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
         <v>38</v>
       </c>
       <c r="C3" t="s">
         <v>39</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>40</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>41</v>
       </c>
       <c r="H3" t="s">
         <v>42</v>
-      </c>
-[...24 lines deleted...]
-        <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>48</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>49</v>
-      </c>
-[...16 lines deleted...]
-        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>