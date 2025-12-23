--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,3606 +1,850 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="688" uniqueCount="393">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="80">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>09/10/2025 10:08:42</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3690431/fr/pommades-ophtalmiques-phase-contradictoire-d-un-avis-de-projet-d-inscription-paru-au-jo-le-11-septembre-2025</t>
-[...380 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de pthirose</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Contraception chez l’homme</t>
-[...260 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1438004/fr/les-pansements-indications-et-utilisations-recommandees-fiche-buts</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Wound dressings: Indications and recommended uses - April 2011</t>
+  </si>
+  <si>
+    <t>Certain chronic or acute wound types qualify for the reimbursement of dressings included in the list of products and services qualifying for reimbursement (LPPR). These have been assessed by the Haute Autorité de Santé (HAS) National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS). Following this report, the classification of reimbursable dressings was amended (order dated 16 July 2010, published in the Official Journal dated 7August 2010). The use of the various dressings listed in this classification, as amended by the HAS recommendations, is summarised here to help healthcare professionals prescribe the most suitable dressings for wound care.</t>
+  </si>
+  <si>
+    <t>04/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438004/en/wound-dressings-indications-and-recommended-uses-april-2011</t>
   </si>
   <si>
     <t>r_1438004</t>
   </si>
   <si>
-    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
-[...164 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2762897/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>DEXERYL (paraffine liquide/ vaseline/ glycérol)</t>
   </si>
   <si>
-    <t>22/05/2015 14:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984597/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+    <t>05/22/2015 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984597/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
   </si>
   <si>
     <t>pprd_2984597</t>
   </si>
   <si>
     <t>paraffine liquide,vaseline,glycérol</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400119/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400194/fr/melaxose-gelee-orale-en-pot-lactulose/-paraffine-liquide/-vaseline</t>
+    <t>https://www.has-sante.fr/jcms/c_400119/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834969/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188995/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018885/en/dexeryl-glycerin-petrolatum-liquid-paraffin-emollient</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J21"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
-[...2 lines deleted...]
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="B3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H3" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>40</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>76</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="H11" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>82</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D12" t="s">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>85</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>86</v>
+        <v>51</v>
       </c>
       <c r="H12" t="s">
-        <v>87</v>
-[...5 lines deleted...]
-        <v>88</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>90</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>91</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>92</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>93</v>
-[...1003 lines deleted...]
-        <v>246</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...599 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>345</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>346</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>347</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>348</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>349</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>350</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>351</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>352</v>
+        <v>66</v>
       </c>
       <c r="J1" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="K1" t="s">
-        <v>353</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>354</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>355</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>356</v>
+        <v>71</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>357</v>
+        <v>72</v>
       </c>
       <c r="H2" t="s">
-        <v>358</v>
+        <v>73</v>
       </c>
       <c r="I2" t="s">
-        <v>359</v>
+        <v>74</v>
       </c>
       <c r="J2" t="s">
-        <v>360</v>
+        <v>75</v>
       </c>
       <c r="K2" t="s">
-        <v>361</v>
+        <v>76</v>
       </c>
       <c r="L2" t="s">
-        <v>362</v>
+        <v>77</v>
       </c>
       <c r="M2" t="s">
-        <v>363</v>
-[...131 lines deleted...]
-        <v>392</v>
+        <v>78</v>
+      </c>
+      <c r="N2" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>